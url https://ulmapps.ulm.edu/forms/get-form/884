--- v0 (2025-10-07)
+++ v1 (2026-03-03)
@@ -1,10328 +1,9349 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00722382" w:rsidRDefault="00722382" w:rsidP="001E3502">
+    <w:p w14:paraId="10A39A81" w14:textId="77777777" w:rsidR="00F10B21" w:rsidRPr="00684632" w:rsidRDefault="00F10B21" w:rsidP="001E3502">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00722382">
+      <w:r w:rsidRPr="00684632">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Employment Recommendation for New Part-Time </w:t>
-[...15 lines deleted...]
-        <w:t>Appointment</w:t>
+        <w:t>Adjunct Instructor Employment Recommendation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B32D9" w:rsidRPr="002B32D9" w:rsidRDefault="002B32D9" w:rsidP="001E3502">
+    <w:p w14:paraId="6F6B123D" w14:textId="77777777" w:rsidR="002B32D9" w:rsidRPr="00684632" w:rsidRDefault="002B32D9" w:rsidP="001E3502">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B32D9">
+      <w:r w:rsidRPr="00684632">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Teaching/Non-Teaching Appointments Cannot Exceed 69% (refer to Moodle)</w:t>
+        <w:t>Teaching/Non-Teaching Appointments Cannot Exceed 69%</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-    <w:p w:rsidR="001E3502" w:rsidRPr="002B32D9" w:rsidRDefault="00187636" w:rsidP="001E3502">
+    <w:p w14:paraId="79A7A405" w14:textId="494C3C86" w:rsidR="001E3502" w:rsidRPr="00684632" w:rsidRDefault="00043C25" w:rsidP="001E3502">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00684632">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Dropdown1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:ddList>
               <w:listEntry w:val="PLEASE SELECT:"/>
               <w:listEntry w:val="College of Arts, Education, and Sciences"/>
               <w:listEntry w:val="College of Business and Social Sciences"/>
               <w:listEntry w:val="College of Health Sciences"/>
               <w:listEntry w:val="College of Pharmacy"/>
+              <w:listEntry w:val="Honors"/>
             </w:ddList>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="Dropdown1"/>
-      <w:r>
+      <w:bookmarkStart w:id="0" w:name="Dropdown1"/>
+      <w:r w:rsidRPr="00684632">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00154ABA" w:rsidRPr="00684632">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00684632">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="008036C9" w:rsidRPr="008036C9" w:rsidRDefault="008036C9" w:rsidP="001E3502">
-[...148 lines deleted...]
-    <w:p w:rsidR="00DD738A" w:rsidRPr="00DD738A" w:rsidRDefault="00DD738A" w:rsidP="001E3502">
+    <w:p w14:paraId="2F4C4961" w14:textId="77777777" w:rsidR="00DD738A" w:rsidRPr="00684632" w:rsidRDefault="00DD738A" w:rsidP="001E3502">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008036C9">
+      <w:r w:rsidRPr="00684632">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">NOTE:  </w:t>
       </w:r>
-      <w:r w:rsidR="00BD4747">
+      <w:r w:rsidR="00BD4747" w:rsidRPr="00684632">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>teaching a</w:t>
       </w:r>
-      <w:r w:rsidRPr="008036C9">
+      <w:r w:rsidRPr="00684632">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ppointment</w:t>
       </w:r>
-      <w:r w:rsidR="00BD4747">
+      <w:r w:rsidR="00BD4747" w:rsidRPr="00684632">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="008036C9">
+      <w:r w:rsidRPr="00684632">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and salary</w:t>
       </w:r>
-      <w:r w:rsidR="003D4626" w:rsidRPr="008036C9">
+      <w:r w:rsidR="003D4626" w:rsidRPr="00684632">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> are</w:t>
       </w:r>
-      <w:r w:rsidRPr="008036C9">
+      <w:r w:rsidRPr="00684632">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> subject to final determination of classes meeting minimum enrollment</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B70C35" w:rsidRPr="00CE2908" w:rsidRDefault="00B70C35" w:rsidP="00722382">
+    <w:p w14:paraId="1CA7E7EE" w14:textId="77777777" w:rsidR="00B70C35" w:rsidRPr="00684632" w:rsidRDefault="00B70C35" w:rsidP="00722382">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="12"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B70C35" w:rsidRPr="00E117EB" w:rsidRDefault="00B70C35" w:rsidP="00B70C35">
+    <w:p w14:paraId="70795932" w14:textId="15A8B976" w:rsidR="00B70C35" w:rsidRPr="00684632" w:rsidRDefault="00B70C35" w:rsidP="00B70C35">
       <w:pPr>
         <w:ind w:left="-180"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E117EB">
+      <w:r w:rsidRPr="00684632">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Date:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E117EB">
+      <w:r w:rsidRPr="00684632">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00964265">
+      <w:r w:rsidRPr="00E83800">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text102"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="Text102"/>
-      <w:r w:rsidRPr="00964265">
+      <w:bookmarkStart w:id="1" w:name="Text102"/>
+      <w:r w:rsidRPr="00E83800">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00964265">
+      <w:r w:rsidRPr="00E83800">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="00964265">
+      <w:r w:rsidRPr="00E83800">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00964265">
+      <w:r w:rsidR="00964265" w:rsidRPr="00E83800">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00964265">
+      <w:r w:rsidR="00964265" w:rsidRPr="00E83800">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00964265">
+      <w:r w:rsidR="00964265" w:rsidRPr="00E83800">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00964265">
+      <w:r w:rsidR="00964265" w:rsidRPr="00E83800">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00964265">
+      <w:r w:rsidR="00964265" w:rsidRPr="00E83800">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00964265">
+      <w:r w:rsidRPr="00E83800">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidR="003E0D3B" w:rsidRPr="00E117EB">
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidR="003E0D3B" w:rsidRPr="00684632">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="003E0D3B" w:rsidRPr="00E117EB">
+      <w:r w:rsidR="003E0D3B" w:rsidRPr="00684632">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Effective Semester/Year:</w:t>
       </w:r>
-      <w:r w:rsidR="00E117EB">
+      <w:r w:rsidR="00E117EB" w:rsidRPr="00684632">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r w:rsidR="003E0D3B" w:rsidRPr="00964265">
+      <w:r w:rsidR="003E0D3B" w:rsidRPr="003908D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text102"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="003E0D3B" w:rsidRPr="00964265">
+      <w:r w:rsidR="003E0D3B" w:rsidRPr="003908D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="003E0D3B" w:rsidRPr="00964265">
+      <w:r w:rsidR="003E0D3B" w:rsidRPr="003908D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="003E0D3B" w:rsidRPr="00964265">
+      <w:r w:rsidR="003E0D3B" w:rsidRPr="003908D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00964265">
+      <w:r w:rsidR="00964265" w:rsidRPr="003908D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00964265">
+      <w:r w:rsidR="00964265" w:rsidRPr="003908D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00964265">
+      <w:r w:rsidR="00964265" w:rsidRPr="003908D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00964265">
+      <w:r w:rsidR="00964265" w:rsidRPr="003908D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00964265">
+      <w:r w:rsidR="00964265" w:rsidRPr="003908D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="003E0D3B" w:rsidRPr="00964265">
+      <w:r w:rsidR="003E0D3B" w:rsidRPr="003908D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00964265">
+      <w:r w:rsidR="00964265" w:rsidRPr="00684632">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00964265" w:rsidRPr="00E93B92">
+      <w:r w:rsidR="00964265" w:rsidRPr="00684632">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Type of Appointment:  </w:t>
       </w:r>
-      <w:r w:rsidR="00187636">
+      <w:r w:rsidR="000139A6" w:rsidRPr="00684632">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:ddList>
               <w:listEntry w:val="Select Appointment"/>
               <w:listEntry w:val="Teaching"/>
               <w:listEntry w:val="Non-Teaching"/>
             </w:ddList>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00187636">
+      <w:r w:rsidR="000139A6" w:rsidRPr="00684632">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
       </w:r>
-      <w:r w:rsidR="00187636">
+      <w:r w:rsidR="00154ABA" w:rsidRPr="00684632">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00187636">
+      <w:r w:rsidR="000139A6" w:rsidRPr="00684632">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00061A48" w:rsidRPr="00CE2908" w:rsidRDefault="00061A48" w:rsidP="00722382">
+    <w:p w14:paraId="7A5FB4CB" w14:textId="77777777" w:rsidR="00061A48" w:rsidRPr="00684632" w:rsidRDefault="00061A48" w:rsidP="00722382">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="12"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11340" w:type="dxa"/>
         <w:tblInd w:w="-162" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2227"/>
+        <w:gridCol w:w="1957"/>
         <w:gridCol w:w="270"/>
-        <w:gridCol w:w="545"/>
-        <w:gridCol w:w="5125"/>
+        <w:gridCol w:w="270"/>
+        <w:gridCol w:w="5670"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="810"/>
         <w:gridCol w:w="2093"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005F576E" w:rsidRPr="00B95EE3" w:rsidTr="00CF6EE7">
-[...3 lines deleted...]
-            <w:gridSpan w:val="3"/>
+      <w:tr w:rsidR="005F576E" w:rsidRPr="00684632" w14:paraId="3542BB77" w14:textId="77777777" w:rsidTr="003908D5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1957" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005F576E" w:rsidRPr="00C4051E" w:rsidRDefault="005F576E" w:rsidP="0068379E">
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="44A7C3A9" w14:textId="3AB1E880" w:rsidR="005F576E" w:rsidRPr="00684632" w:rsidRDefault="007E23CC" w:rsidP="0068379E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Name </w:t>
-[...21 lines deleted...]
-            <w:tcW w:w="5125" w:type="dxa"/>
+              <w:t>First and Last Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6210" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005F576E" w:rsidRPr="0048220A" w:rsidRDefault="005F576E" w:rsidP="00B70C35">
-[...11 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="730A043B" w14:textId="77777777" w:rsidR="005F576E" w:rsidRPr="00684632" w:rsidRDefault="005F576E" w:rsidP="00B70C35">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text99"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="Text99"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:bookmarkStart w:id="2" w:name="Text99"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00CF6EE7">
-[...10 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00CF6EE7">
-[...43 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="3"/>
+            <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005F576E" w:rsidRPr="00B95EE3" w:rsidRDefault="005F576E" w:rsidP="0068379E">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="62514378" w14:textId="77777777" w:rsidR="005F576E" w:rsidRPr="00684632" w:rsidRDefault="005F576E" w:rsidP="0068379E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005F576E" w:rsidRPr="00B95EE3" w:rsidRDefault="005F576E" w:rsidP="0068379E">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="62962C22" w14:textId="77777777" w:rsidR="005F576E" w:rsidRPr="00684632" w:rsidRDefault="005F576E" w:rsidP="0068379E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Rank:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2093" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005F576E" w:rsidRPr="00D24C61" w:rsidRDefault="00CF6EE7" w:rsidP="00012876">
-[...13 lines deleted...]
-              <w:t>Part-Time Instructor</w:t>
+          <w:p w14:paraId="3627F084" w14:textId="77777777" w:rsidR="005F576E" w:rsidRPr="00684632" w:rsidRDefault="009F03A2" w:rsidP="00012876">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Adjunct </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF6EE7" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Instructor</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F576E" w:rsidRPr="005B24DD" w:rsidTr="00CF6EE7">
+      <w:tr w:rsidR="005F576E" w:rsidRPr="00684632" w14:paraId="6DEF8E77" w14:textId="77777777" w:rsidTr="003908D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2227" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005F576E" w:rsidRPr="00BC5141" w:rsidRDefault="005F576E" w:rsidP="0068379E">
-[...29 lines deleted...]
-              <w:t>Address:</w:t>
+          <w:p w14:paraId="5C1E90F5" w14:textId="77777777" w:rsidR="005F576E" w:rsidRPr="00684632" w:rsidRDefault="005F576E" w:rsidP="0068379E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Home Mailing Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005F576E" w:rsidRPr="0048220A" w:rsidRDefault="005F576E" w:rsidP="00B70C35">
+          <w:p w14:paraId="1BABE0D8" w14:textId="77777777" w:rsidR="005F576E" w:rsidRPr="00684632" w:rsidRDefault="005F576E" w:rsidP="00B70C35">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8843" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005F576E" w:rsidRPr="00CF6EE7" w:rsidRDefault="005F576E" w:rsidP="00242FC5">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00CF6EE7">
+          <w:p w14:paraId="2BDD9024" w14:textId="77777777" w:rsidR="005F576E" w:rsidRPr="00684632" w:rsidRDefault="005F576E" w:rsidP="00242FC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text51"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00CF6EE7">
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00CF6EE7">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00CF6EE7">
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00CF6EE7">
-[...39 lines deleted...]
-            <w:r w:rsidRPr="00CF6EE7">
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A96308" w:rsidRPr="00CE2908" w:rsidRDefault="00A96308" w:rsidP="00FE5852">
+    <w:p w14:paraId="1A395FD2" w14:textId="77777777" w:rsidR="00A96308" w:rsidRPr="00684632" w:rsidRDefault="00A96308" w:rsidP="00FE5852">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="12"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="11363" w:type="dxa"/>
         <w:tblInd w:w="-185" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3353"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="1350"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="1440"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="1260"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="1530"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00012876" w:rsidTr="00012876">
+      <w:tr w:rsidR="00012876" w:rsidRPr="00684632" w14:paraId="7F854C78" w14:textId="77777777" w:rsidTr="00E83800">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3353" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00012876" w:rsidRPr="00012876" w:rsidRDefault="00012876" w:rsidP="00012876">
+          <w:p w14:paraId="261DC70B" w14:textId="77777777" w:rsidR="00012876" w:rsidRPr="00684632" w:rsidRDefault="00012876" w:rsidP="00012876">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00012876" w:rsidRPr="00012876" w:rsidRDefault="00012876" w:rsidP="00012876">
+          <w:p w14:paraId="5F69BCF9" w14:textId="77777777" w:rsidR="00012876" w:rsidRPr="00684632" w:rsidRDefault="00012876" w:rsidP="00012876">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00012876" w:rsidRPr="00012876" w:rsidRDefault="00012876" w:rsidP="00012876">
+          <w:p w14:paraId="76837D56" w14:textId="77777777" w:rsidR="00012876" w:rsidRPr="00684632" w:rsidRDefault="00012876" w:rsidP="00012876">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00012876">
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>INDEX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00012876" w:rsidRPr="00012876" w:rsidRDefault="00012876" w:rsidP="00012876">
+          <w:p w14:paraId="2D6C4720" w14:textId="77777777" w:rsidR="00012876" w:rsidRPr="00684632" w:rsidRDefault="00012876" w:rsidP="00012876">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w:rsidR="00012876" w:rsidRPr="00012876" w:rsidRDefault="00012876" w:rsidP="00012876">
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2DF16C45" w14:textId="77777777" w:rsidR="00012876" w:rsidRPr="00684632" w:rsidRDefault="00012876" w:rsidP="00012876">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00012876">
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>FUND</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w:rsidR="00012876" w:rsidRPr="00012876" w:rsidRDefault="00012876" w:rsidP="00012876">
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="21D35E26" w14:textId="77777777" w:rsidR="00012876" w:rsidRPr="00684632" w:rsidRDefault="00012876" w:rsidP="00012876">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w:rsidR="00012876" w:rsidRPr="00012876" w:rsidRDefault="00012876" w:rsidP="00012876">
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44CF8B6E" w14:textId="77777777" w:rsidR="00012876" w:rsidRPr="00684632" w:rsidRDefault="00012876" w:rsidP="00012876">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00012876">
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ORG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w:rsidR="00012876" w:rsidRPr="00012876" w:rsidRDefault="00012876" w:rsidP="00012876">
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6924DA91" w14:textId="77777777" w:rsidR="00012876" w:rsidRPr="00684632" w:rsidRDefault="00012876" w:rsidP="00012876">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w:rsidR="00012876" w:rsidRPr="00012876" w:rsidRDefault="00012876" w:rsidP="00012876">
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45E1E430" w14:textId="77777777" w:rsidR="00012876" w:rsidRPr="00684632" w:rsidRDefault="00012876" w:rsidP="00012876">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00012876">
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>PROG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w:rsidR="00012876" w:rsidRPr="00012876" w:rsidRDefault="00012876" w:rsidP="00012876">
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05FBD46A" w14:textId="77777777" w:rsidR="00012876" w:rsidRPr="00684632" w:rsidRDefault="00012876" w:rsidP="00012876">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w:rsidR="00012876" w:rsidRPr="00012876" w:rsidRDefault="00012876" w:rsidP="00012876">
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2910AB38" w14:textId="77777777" w:rsidR="00012876" w:rsidRPr="00684632" w:rsidRDefault="00012876" w:rsidP="00012876">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00012876">
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Amount</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00012876" w:rsidTr="0011298D">
+      <w:tr w:rsidR="00012876" w:rsidRPr="00684632" w14:paraId="48DC6F24" w14:textId="77777777" w:rsidTr="00E83800">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3353" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00012876" w:rsidRPr="00CB518A" w:rsidRDefault="00012876" w:rsidP="00877D6B">
-[...10 lines deleted...]
-                <w:sz w:val="19"/>
+          <w:p w14:paraId="37D3A296" w14:textId="77777777" w:rsidR="00012876" w:rsidRPr="00684632" w:rsidRDefault="00012876" w:rsidP="00877D6B">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Banner Account #1:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00012876" w:rsidRPr="00CB518A" w:rsidRDefault="00012876" w:rsidP="00B015F3">
-[...3 lines deleted...]
-                <w:sz w:val="19"/>
+          <w:p w14:paraId="4D112C3C" w14:textId="77777777" w:rsidR="00012876" w:rsidRPr="00684632" w:rsidRDefault="00012876" w:rsidP="00B015F3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00012876" w:rsidRPr="00CB518A" w:rsidRDefault="00012876" w:rsidP="00774B6B">
+          <w:p w14:paraId="26DAC82C" w14:textId="77777777" w:rsidR="00012876" w:rsidRPr="00684632" w:rsidRDefault="00012876" w:rsidP="00774B6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...6 lines deleted...]
-                <w:sz w:val="19"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00CB518A">
-[...2 lines deleted...]
-                <w:sz w:val="19"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00CB518A">
-[...9 lines deleted...]
-                <w:sz w:val="19"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00774B6B" w:rsidRPr="00CB518A">
-[...42 lines deleted...]
-                <w:sz w:val="19"/>
+            <w:r w:rsidR="00774B6B" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00774B6B" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00774B6B" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00774B6B" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00774B6B" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00012876" w:rsidRPr="00CB518A" w:rsidRDefault="00012876" w:rsidP="00012876">
+          <w:p w14:paraId="323E19AD" w14:textId="77777777" w:rsidR="00012876" w:rsidRPr="00684632" w:rsidRDefault="00012876" w:rsidP="00012876">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="19"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00012876" w:rsidRPr="00CB518A" w:rsidRDefault="00012876" w:rsidP="00012876">
+          <w:p w14:paraId="136BC596" w14:textId="77777777" w:rsidR="00012876" w:rsidRPr="00684632" w:rsidRDefault="00012876" w:rsidP="00012876">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="19"/>
-[...6 lines deleted...]
-                <w:sz w:val="19"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00CB518A">
-[...2 lines deleted...]
-                <w:sz w:val="19"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00CB518A">
-[...9 lines deleted...]
-                <w:sz w:val="19"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00CB518A">
-[...42 lines deleted...]
-                <w:sz w:val="19"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00012876" w:rsidRPr="00CB518A" w:rsidRDefault="00012876" w:rsidP="00012876">
+          <w:p w14:paraId="2887C6C3" w14:textId="77777777" w:rsidR="00012876" w:rsidRPr="00684632" w:rsidRDefault="00012876" w:rsidP="00012876">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="19"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00012876" w:rsidRPr="00CB518A" w:rsidRDefault="00012876" w:rsidP="00012876">
+          <w:p w14:paraId="7BE0F450" w14:textId="77777777" w:rsidR="00012876" w:rsidRPr="00684632" w:rsidRDefault="00012876" w:rsidP="00012876">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...6 lines deleted...]
-                <w:sz w:val="19"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00CB518A">
-[...2 lines deleted...]
-                <w:sz w:val="19"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00CB518A">
-[...9 lines deleted...]
-                <w:sz w:val="19"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00CB518A">
-[...42 lines deleted...]
-                <w:sz w:val="19"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00012876" w:rsidRPr="00CB518A" w:rsidRDefault="00012876" w:rsidP="00012876">
+          <w:p w14:paraId="00099A3A" w14:textId="77777777" w:rsidR="00012876" w:rsidRPr="00684632" w:rsidRDefault="00012876" w:rsidP="00012876">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="19"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00012876" w:rsidRPr="00CB518A" w:rsidRDefault="00012876" w:rsidP="00012876">
+          <w:p w14:paraId="0B6E4B9C" w14:textId="77777777" w:rsidR="00012876" w:rsidRPr="00684632" w:rsidRDefault="00012876" w:rsidP="00012876">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="19"/>
-[...6 lines deleted...]
-                <w:sz w:val="19"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00CB518A">
-[...2 lines deleted...]
-                <w:sz w:val="19"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00CB518A">
-[...9 lines deleted...]
-                <w:sz w:val="19"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00CB518A">
-[...42 lines deleted...]
-                <w:sz w:val="19"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00012876" w:rsidRPr="00CB518A" w:rsidRDefault="00012876" w:rsidP="00012876">
+          <w:p w14:paraId="21575D6B" w14:textId="77777777" w:rsidR="00012876" w:rsidRPr="00684632" w:rsidRDefault="00012876" w:rsidP="00012876">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="19"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00012876" w:rsidRPr="00CB518A" w:rsidRDefault="00012876" w:rsidP="00012876">
+          <w:p w14:paraId="2FA7866A" w14:textId="77777777" w:rsidR="00012876" w:rsidRPr="00684632" w:rsidRDefault="00012876" w:rsidP="00012876">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="19"/>
-[...6 lines deleted...]
-                <w:sz w:val="19"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00CB518A">
-[...2 lines deleted...]
-                <w:sz w:val="19"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00CB518A">
-[...9 lines deleted...]
-                <w:sz w:val="19"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00CB518A">
-[...42 lines deleted...]
-                <w:sz w:val="19"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00012876" w:rsidTr="0011298D">
+      <w:tr w:rsidR="00012876" w:rsidRPr="00684632" w14:paraId="716A7142" w14:textId="77777777" w:rsidTr="00E83800">
         <w:trPr>
           <w:trHeight w:val="179"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3353" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00012876" w:rsidRPr="00CB518A" w:rsidRDefault="00012876" w:rsidP="00012876">
+          <w:p w14:paraId="4BA0A1BA" w14:textId="77777777" w:rsidR="00012876" w:rsidRPr="00684632" w:rsidRDefault="00012876" w:rsidP="00012876">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="19"/>
-[...6 lines deleted...]
-                <w:sz w:val="19"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Banner Account #2 </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CB518A">
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="19"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(if applicable)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CB518A">
-[...2 lines deleted...]
-                <w:sz w:val="19"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00012876" w:rsidRPr="00CB518A" w:rsidRDefault="00012876" w:rsidP="00B015F3">
-[...3 lines deleted...]
-                <w:sz w:val="19"/>
+          <w:p w14:paraId="6C693AC1" w14:textId="77777777" w:rsidR="00012876" w:rsidRPr="00684632" w:rsidRDefault="00012876" w:rsidP="00B015F3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00012876" w:rsidRPr="00CB518A" w:rsidRDefault="00012876" w:rsidP="00012876">
+          <w:p w14:paraId="1BFFE451" w14:textId="77777777" w:rsidR="00012876" w:rsidRPr="00684632" w:rsidRDefault="00012876" w:rsidP="00012876">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...6 lines deleted...]
-                <w:sz w:val="19"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00CB518A">
-[...2 lines deleted...]
-                <w:sz w:val="19"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00CB518A">
-[...9 lines deleted...]
-                <w:sz w:val="19"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00CB518A">
-[...42 lines deleted...]
-                <w:sz w:val="19"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00012876" w:rsidRPr="00CB518A" w:rsidRDefault="00012876" w:rsidP="00012876">
+          <w:p w14:paraId="42E6C7F9" w14:textId="77777777" w:rsidR="00012876" w:rsidRPr="00684632" w:rsidRDefault="00012876" w:rsidP="00012876">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="19"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00012876" w:rsidRPr="00CB518A" w:rsidRDefault="00012876" w:rsidP="00012876">
+          <w:p w14:paraId="2A927F6A" w14:textId="77777777" w:rsidR="00012876" w:rsidRPr="00684632" w:rsidRDefault="00012876" w:rsidP="00012876">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="19"/>
-[...6 lines deleted...]
-                <w:sz w:val="19"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00CB518A">
-[...2 lines deleted...]
-                <w:sz w:val="19"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00CB518A">
-[...9 lines deleted...]
-                <w:sz w:val="19"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00CB518A">
-[...42 lines deleted...]
-                <w:sz w:val="19"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00012876" w:rsidRPr="00CB518A" w:rsidRDefault="00012876" w:rsidP="00012876">
+          <w:p w14:paraId="512EC4D2" w14:textId="77777777" w:rsidR="00012876" w:rsidRPr="00684632" w:rsidRDefault="00012876" w:rsidP="00012876">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="19"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00012876" w:rsidRPr="00CB518A" w:rsidRDefault="00012876" w:rsidP="00012876">
+          <w:p w14:paraId="0A4198CA" w14:textId="77777777" w:rsidR="00012876" w:rsidRPr="00684632" w:rsidRDefault="00012876" w:rsidP="00012876">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...6 lines deleted...]
-                <w:sz w:val="19"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00CB518A">
-[...2 lines deleted...]
-                <w:sz w:val="19"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00CB518A">
-[...9 lines deleted...]
-                <w:sz w:val="19"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00CB518A">
-[...42 lines deleted...]
-                <w:sz w:val="19"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00012876" w:rsidRPr="00CB518A" w:rsidRDefault="00012876" w:rsidP="00012876">
+          <w:p w14:paraId="118F3176" w14:textId="77777777" w:rsidR="00012876" w:rsidRPr="00684632" w:rsidRDefault="00012876" w:rsidP="00012876">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="19"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00012876" w:rsidRPr="00CB518A" w:rsidRDefault="00012876" w:rsidP="00012876">
+          <w:p w14:paraId="3D69388F" w14:textId="77777777" w:rsidR="00012876" w:rsidRPr="00684632" w:rsidRDefault="00012876" w:rsidP="00012876">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...6 lines deleted...]
-                <w:sz w:val="19"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00CB518A">
-[...2 lines deleted...]
-                <w:sz w:val="19"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00CB518A">
-[...9 lines deleted...]
-                <w:sz w:val="19"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00CB518A">
-[...42 lines deleted...]
-                <w:sz w:val="19"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00012876" w:rsidRPr="00CB518A" w:rsidRDefault="00012876" w:rsidP="00012876">
+          <w:p w14:paraId="08ABA4BD" w14:textId="77777777" w:rsidR="00012876" w:rsidRPr="00684632" w:rsidRDefault="00012876" w:rsidP="00012876">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="19"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00012876" w:rsidRPr="00CB518A" w:rsidRDefault="00012876" w:rsidP="00012876">
+          <w:p w14:paraId="3BDB9185" w14:textId="77777777" w:rsidR="00012876" w:rsidRPr="00684632" w:rsidRDefault="00012876" w:rsidP="00012876">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...6 lines deleted...]
-                <w:sz w:val="19"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00CB518A">
-[...2 lines deleted...]
-                <w:sz w:val="19"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00CB518A">
-[...9 lines deleted...]
-                <w:sz w:val="19"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00CB518A">
-[...42 lines deleted...]
-                <w:sz w:val="19"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00061A48" w:rsidRPr="00CE2908" w:rsidRDefault="00061A48" w:rsidP="00FE5852">
+    <w:p w14:paraId="1B87D7EE" w14:textId="77777777" w:rsidR="00061A48" w:rsidRPr="00684632" w:rsidRDefault="00061A48" w:rsidP="00FE5852">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="12"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11317" w:type="dxa"/>
         <w:tblInd w:w="-162" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="882"/>
         <w:gridCol w:w="90"/>
         <w:gridCol w:w="180"/>
         <w:gridCol w:w="535"/>
         <w:gridCol w:w="180"/>
         <w:gridCol w:w="90"/>
         <w:gridCol w:w="810"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="1625"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="85"/>
         <w:gridCol w:w="635"/>
         <w:gridCol w:w="720"/>
         <w:gridCol w:w="302"/>
         <w:gridCol w:w="19"/>
         <w:gridCol w:w="209"/>
         <w:gridCol w:w="264"/>
         <w:gridCol w:w="2896"/>
         <w:gridCol w:w="1255"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000E7C74" w:rsidRPr="0019757D" w:rsidTr="00CF6EE7">
+      <w:tr w:rsidR="000E7C74" w:rsidRPr="00684632" w14:paraId="677BF1B3" w14:textId="77777777" w:rsidTr="00CF6EE7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="882" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="000E7C74" w:rsidRPr="00A179E1" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
-[...10 lines deleted...]
-                <w:sz w:val="18"/>
+          <w:p w14:paraId="45738F1E" w14:textId="77777777" w:rsidR="000E7C74" w:rsidRPr="00684632" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Degree</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="000E7C74" w:rsidRPr="00A179E1" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
+          <w:p w14:paraId="7D463A93" w14:textId="77777777" w:rsidR="000E7C74" w:rsidRPr="00684632" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="000E7C74" w:rsidRPr="00A179E1" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
-[...10 lines deleted...]
-                <w:sz w:val="18"/>
+          <w:p w14:paraId="0A4220F4" w14:textId="77777777" w:rsidR="000E7C74" w:rsidRPr="00684632" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Major</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="000E7C74" w:rsidRPr="00A179E1" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
-[...3 lines deleted...]
-                <w:sz w:val="18"/>
+          <w:p w14:paraId="25F6D462" w14:textId="77777777" w:rsidR="000E7C74" w:rsidRPr="00684632" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="000E7C74" w:rsidRPr="00A179E1" w:rsidRDefault="000E7C74" w:rsidP="005711A3">
-[...10 lines deleted...]
-                <w:sz w:val="18"/>
+          <w:p w14:paraId="093E7FBB" w14:textId="77777777" w:rsidR="000E7C74" w:rsidRPr="00684632" w:rsidRDefault="000E7C74" w:rsidP="005711A3">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
-            <w:r w:rsidR="005711A3">
-[...2 lines deleted...]
-                <w:sz w:val="18"/>
+            <w:r w:rsidR="005711A3" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A179E1">
-[...2 lines deleted...]
-                <w:sz w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(mm/yyyy)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="000E7C74" w:rsidRPr="00A179E1" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
-[...3 lines deleted...]
-                <w:sz w:val="18"/>
+          <w:p w14:paraId="3DB6F164" w14:textId="77777777" w:rsidR="000E7C74" w:rsidRPr="00684632" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4624" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="000E7C74" w:rsidRPr="00A179E1" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
-[...10 lines deleted...]
-                <w:sz w:val="18"/>
+          <w:p w14:paraId="2E57559B" w14:textId="77777777" w:rsidR="000E7C74" w:rsidRPr="00684632" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Institution &amp; Location</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E7C74" w:rsidRPr="0019757D" w:rsidTr="00CF6EE7">
+      <w:tr w:rsidR="000E7C74" w:rsidRPr="00684632" w14:paraId="1DF0754F" w14:textId="77777777" w:rsidTr="00CF6EE7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="882" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000E7C74" w:rsidRPr="00891B6B" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="18F44A6E" w14:textId="77777777" w:rsidR="000E7C74" w:rsidRPr="00684632" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text77"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="4" w:name="Text77"/>
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:bookmarkStart w:id="3" w:name="Text77"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...43 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="4"/>
+            <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="000E7C74" w:rsidRPr="00891B6B" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
+          <w:p w14:paraId="6ED80EBD" w14:textId="77777777" w:rsidR="000E7C74" w:rsidRPr="00684632" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="000E7C74" w:rsidRPr="00891B6B" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="71BA4C03" w14:textId="77777777" w:rsidR="000E7C74" w:rsidRPr="00684632" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text88"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="5" w:name="Text88"/>
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:bookmarkStart w:id="4" w:name="Text88"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...43 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="5"/>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="000E7C74" w:rsidRPr="00891B6B" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="130309E6" w14:textId="77777777" w:rsidR="000E7C74" w:rsidRPr="00684632" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="000E7C74" w:rsidRPr="00FE2212" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="769F8B4D" w14:textId="77777777" w:rsidR="000E7C74" w:rsidRPr="00684632" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text87"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="Text87"/>
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:bookmarkStart w:id="5" w:name="Text87"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...43 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="302" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="000E7C74" w:rsidRPr="00FE2212" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
-[...9 lines deleted...]
-        <w:bookmarkEnd w:id="6"/>
+          <w:p w14:paraId="61B00580" w14:textId="77777777" w:rsidR="000E7C74" w:rsidRPr="00684632" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="5"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4643" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="000E7C74" w:rsidRPr="00FE2212" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="38CFFB82" w14:textId="77777777" w:rsidR="000E7C74" w:rsidRPr="00684632" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text87"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...43 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E7C74" w:rsidRPr="005C0493" w:rsidTr="00A179E1">
+      <w:tr w:rsidR="000E7C74" w:rsidRPr="00684632" w14:paraId="574D0A4D" w14:textId="77777777" w:rsidTr="00A179E1">
         <w:trPr>
           <w:trHeight w:val="368"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1867" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="000E7C74" w:rsidRPr="00CB518A" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
-[...20 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="2CD10B54" w14:textId="77777777" w:rsidR="000E7C74" w:rsidRPr="00684632" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6AAC4EC2" w14:textId="77777777" w:rsidR="000E7C74" w:rsidRPr="00684632" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Degree CIP Code:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="000E7C74" w:rsidRPr="00CB518A" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
-[...20 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="6F565FFC" w14:textId="77777777" w:rsidR="000E7C74" w:rsidRPr="00684632" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5FAD3BE2" w14:textId="77777777" w:rsidR="000E7C74" w:rsidRPr="00684632" w:rsidRDefault="008011DB" w:rsidP="000E7C74">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text81"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00A179E1">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A179E1">
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00A179E1">
-[...43 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="000E7C74" w:rsidRPr="00A179E1" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="13DF3854" w14:textId="77777777" w:rsidR="000E7C74" w:rsidRPr="00684632" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="000E7C74" w:rsidRPr="00CB518A" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
-[...20 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="75809F37" w14:textId="77777777" w:rsidR="000E7C74" w:rsidRPr="00684632" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="626903BB" w14:textId="77777777" w:rsidR="000E7C74" w:rsidRPr="00684632" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CIP Title (Discipline):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6300" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="000E7C74" w:rsidRPr="00CB518A" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
-[...19 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="71C0F56C" w14:textId="77777777" w:rsidR="000E7C74" w:rsidRPr="00684632" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="12941DEF" w14:textId="77777777" w:rsidR="000E7C74" w:rsidRPr="00684632" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text81"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00A179E1">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A179E1">
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00A179E1">
-[...43 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E7C74" w:rsidRPr="005C0493" w:rsidTr="00AA2CEF">
+      <w:tr w:rsidR="000E7C74" w:rsidRPr="00684632" w14:paraId="76984BB4" w14:textId="77777777" w:rsidTr="00AA2CEF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11317" w:type="dxa"/>
             <w:gridSpan w:val="19"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000E7C74" w:rsidRPr="00CE2908" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="419119D1" w14:textId="77777777" w:rsidR="000E7C74" w:rsidRPr="00684632" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E7C74" w:rsidRPr="005C0493" w:rsidTr="00157839">
+      <w:tr w:rsidR="000E7C74" w:rsidRPr="00684632" w14:paraId="65947ECD" w14:textId="77777777" w:rsidTr="00157839">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11317" w:type="dxa"/>
             <w:gridSpan w:val="19"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000E7C74" w:rsidRPr="003B1525" w:rsidRDefault="000E7C74" w:rsidP="003B1525">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="003B1525">
+          <w:p w14:paraId="4B9D1DFE" w14:textId="49F41328" w:rsidR="000E7C74" w:rsidRPr="00684632" w:rsidRDefault="000E7C74" w:rsidP="003B1525">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Most Recent Teaching/Work Experience</w:t>
             </w:r>
-            <w:r w:rsidR="001902FF" w:rsidRPr="003B1525">
+            <w:r w:rsidR="001902FF" w:rsidRPr="00684632">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00374A25" w:rsidRPr="003B1525">
+            <w:r w:rsidR="00374A25" w:rsidRPr="00684632">
               <w:rPr>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="001902FF" w:rsidRPr="003B1525">
+            <w:r w:rsidR="00DE0A0D" w:rsidRPr="00684632">
               <w:rPr>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">if teaching, </w:t>
+            </w:r>
+            <w:r w:rsidR="001902FF" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">attach </w:t>
             </w:r>
-            <w:r w:rsidR="002B32D9" w:rsidRPr="003B1525">
+            <w:r w:rsidR="002B32D9" w:rsidRPr="00684632">
               <w:rPr>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>copy of official transcript</w:t>
             </w:r>
-            <w:r w:rsidR="00F47CCD" w:rsidRPr="003B1525">
+            <w:r w:rsidR="00F47CCD" w:rsidRPr="00684632">
               <w:rPr>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> w/degree</w:t>
             </w:r>
-            <w:r w:rsidR="00374A25" w:rsidRPr="003B1525">
+            <w:r w:rsidR="00374A25" w:rsidRPr="00684632">
               <w:rPr>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00F47CCD" w:rsidRPr="003B1525">
+            <w:r w:rsidR="00F47CCD" w:rsidRPr="00684632">
               <w:rPr>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>highlighted</w:t>
             </w:r>
-            <w:r w:rsidR="00374A25" w:rsidRPr="003B1525">
+            <w:r w:rsidR="00374A25" w:rsidRPr="00684632">
               <w:rPr>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="001902FF" w:rsidRPr="003B1525">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, and CV</w:t>
+            </w:r>
+            <w:r w:rsidR="003908D5">
               <w:rPr>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or resume</w:t>
+            </w:r>
+            <w:r w:rsidR="001902FF" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidR="00374A25" w:rsidRPr="003B1525">
+            <w:r w:rsidR="00374A25" w:rsidRPr="00684632">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E7C74" w:rsidRPr="005C0493" w:rsidTr="008D013D">
+      <w:tr w:rsidR="000E7C74" w:rsidRPr="00684632" w14:paraId="1F8FEE53" w14:textId="77777777" w:rsidTr="003908D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1687" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="000E7C74" w:rsidRPr="00DD738A" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="0CD15D09" w14:textId="77777777" w:rsidR="000E7C74" w:rsidRPr="00684632" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dates</w:t>
             </w:r>
-            <w:r w:rsidR="00026320">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="00026320" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="000E7C74" w:rsidRPr="00DD738A" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="56EADE96" w14:textId="77777777" w:rsidR="000E7C74" w:rsidRPr="00684632" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4945" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="000E7C74" w:rsidRPr="00DD738A" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="0B6A02CD" w14:textId="77777777" w:rsidR="000E7C74" w:rsidRPr="00684632" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Name of Institution/Employing Agency</w:t>
             </w:r>
-            <w:r w:rsidR="00026320">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="00026320" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="000E7C74" w:rsidRPr="00DD738A" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="7CFA31EF" w14:textId="77777777" w:rsidR="000E7C74" w:rsidRPr="00684632" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4151" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="000E7C74" w:rsidRPr="00DD738A" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="255A9842" w14:textId="77777777" w:rsidR="000E7C74" w:rsidRPr="00684632" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Position</w:t>
             </w:r>
-            <w:r w:rsidR="00026320">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="00026320" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E7C74" w:rsidRPr="005C0493" w:rsidTr="008D013D">
+      <w:tr w:rsidR="000E7C74" w:rsidRPr="00684632" w14:paraId="69621A7C" w14:textId="77777777" w:rsidTr="003908D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1687" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="000E7C74" w:rsidRPr="00DD738A" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="6FB6B187" w14:textId="77777777" w:rsidR="000E7C74" w:rsidRPr="00684632" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="7" w:name="Text46"/>
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:bookmarkStart w:id="6" w:name="Text46"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00DD738A">
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00DD738A">
-[...43 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
+            <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="000E7C74" w:rsidRPr="00DD738A" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="4EC57DE8" w14:textId="77777777" w:rsidR="000E7C74" w:rsidRPr="00684632" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4945" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="000E7C74" w:rsidRPr="00DD738A" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="097BFC7C" w14:textId="77777777" w:rsidR="000E7C74" w:rsidRPr="00684632" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00DD738A">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00DD738A">
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00DD738A">
-[...43 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="264" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="000E7C74" w:rsidRPr="00DD738A" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="7491D44C" w14:textId="77777777" w:rsidR="000E7C74" w:rsidRPr="00684632" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4151" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="000E7C74" w:rsidRPr="00DD738A" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="198A4ABE" w14:textId="77777777" w:rsidR="000E7C74" w:rsidRPr="00684632" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text48"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="Text48"/>
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:bookmarkStart w:id="7" w:name="Text48"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00DD738A">
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00DD738A">
-[...43 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="8"/>
+            <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005711A3" w:rsidRPr="001279A1" w:rsidTr="00EB704B">
+      <w:tr w:rsidR="005711A3" w:rsidRPr="00684632" w14:paraId="039DA49F" w14:textId="77777777" w:rsidTr="003908D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1957" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005711A3" w:rsidRPr="00DD738A" w:rsidRDefault="005711A3" w:rsidP="000E7C74">
-[...25 lines deleted...]
-              <w:t xml:space="preserve"> Address:</w:t>
+          <w:p w14:paraId="739F017A" w14:textId="77777777" w:rsidR="005711A3" w:rsidRPr="00684632" w:rsidRDefault="005711A3" w:rsidP="000E7C74">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Work Mailing Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9360" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005711A3" w:rsidRPr="00DD738A" w:rsidRDefault="005711A3" w:rsidP="000E7C74">
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="36089DE2" w14:textId="77777777" w:rsidR="005711A3" w:rsidRPr="00684632" w:rsidRDefault="005711A3" w:rsidP="000E7C74">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text54"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="Text54"/>
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:bookmarkStart w:id="8" w:name="Text54"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00DD738A">
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00DD738A">
-[...43 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005711A3" w:rsidRPr="005E60E3" w:rsidTr="00320E68">
+      <w:tr w:rsidR="005711A3" w:rsidRPr="00684632" w14:paraId="7DED8539" w14:textId="77777777" w:rsidTr="00154ABA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005711A3" w:rsidRPr="00DD738A" w:rsidRDefault="005711A3" w:rsidP="000E7C74">
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="51C1201B" w14:textId="77777777" w:rsidR="005711A3" w:rsidRPr="00684632" w:rsidRDefault="005711A3" w:rsidP="000E7C74">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Phone #:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005711A3" w:rsidRPr="00DD738A" w:rsidRDefault="005711A3" w:rsidP="000E7C74">
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="78F99C6C" w14:textId="77777777" w:rsidR="005711A3" w:rsidRPr="00684632" w:rsidRDefault="005711A3" w:rsidP="000E7C74">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00DD738A">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00DD738A">
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00DD738A">
-[...43 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4410" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005711A3" w:rsidRPr="00DD738A" w:rsidRDefault="005711A3" w:rsidP="00320E68">
+          <w:p w14:paraId="1AF2DBAA" w14:textId="609BA817" w:rsidR="005711A3" w:rsidRPr="00684632" w:rsidRDefault="005711A3" w:rsidP="00320E68">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-[...20 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Total Number of Years of </w:t>
+            </w:r>
+            <w:r w:rsidR="007E23CC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="Select Applicable"/>
                     <w:listEntry w:val="Work"/>
                     <w:listEntry w:val="Teaching"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="10" w:name="Dropdown19"/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:bookmarkStart w:id="9" w:name="Dropdown19"/>
+            <w:r w:rsidR="007E23CC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="00920622">
-[...15 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="007E23CC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007E23CC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:bookmarkEnd w:id="9"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Experience:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1255" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005711A3" w:rsidRPr="00DD738A" w:rsidRDefault="005711A3" w:rsidP="000E7C74">
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="71E1C91E" w14:textId="77777777" w:rsidR="005711A3" w:rsidRPr="00684632" w:rsidRDefault="005711A3" w:rsidP="000E7C74">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00DD738A">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00DD738A">
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00DD738A">
-[...43 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E117EB" w:rsidRDefault="00E117EB" w:rsidP="00E117EB">
+    <w:p w14:paraId="1C1CC954" w14:textId="77777777" w:rsidR="00E117EB" w:rsidRPr="00684632" w:rsidRDefault="00E117EB" w:rsidP="00E117EB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="12"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11322" w:type="dxa"/>
         <w:tblInd w:w="-162" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3672"/>
         <w:gridCol w:w="7650"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C32369" w:rsidRPr="00E42589" w:rsidTr="00C32369">
+      <w:tr w:rsidR="00C32369" w:rsidRPr="00684632" w14:paraId="57EF46C1" w14:textId="77777777" w:rsidTr="003908D5">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3672" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C32369" w:rsidRPr="002752D4" w:rsidRDefault="00C32369" w:rsidP="0078123C">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="17646B78" w14:textId="77777777" w:rsidR="00C32369" w:rsidRPr="00684632" w:rsidRDefault="00C32369" w:rsidP="0078123C">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="black"/>
               </w:rPr>
               <w:t xml:space="preserve">Non-teaching </w:t>
             </w:r>
-            <w:r w:rsidR="0078123C">
+            <w:r w:rsidR="0078123C" w:rsidRPr="00684632">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="black"/>
               </w:rPr>
               <w:t xml:space="preserve">description </w:t>
             </w:r>
-            <w:r w:rsidR="005711A3">
+            <w:r w:rsidR="005711A3" w:rsidRPr="00684632">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="black"/>
               </w:rPr>
               <w:t xml:space="preserve">&amp; </w:t>
             </w:r>
-            <w:r w:rsidR="0078123C">
+            <w:r w:rsidR="0078123C" w:rsidRPr="00684632">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="black"/>
               </w:rPr>
               <w:t>justification</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="black"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7650" w:type="dxa"/>
-          </w:tcPr>
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="027B86CE" w14:textId="77777777" w:rsidR="00C32369" w:rsidRPr="00684632" w:rsidRDefault="00C32369" w:rsidP="002378F9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text69"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="775"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="002C78DF">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="002C78DF">
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="002C78DF">
-[...43 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C32369" w:rsidRPr="00CE2908" w:rsidRDefault="00C32369" w:rsidP="00E117EB">
+    <w:p w14:paraId="117A439E" w14:textId="77777777" w:rsidR="00C32369" w:rsidRPr="00684632" w:rsidRDefault="00C32369" w:rsidP="00E117EB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="12"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11317" w:type="dxa"/>
         <w:tblInd w:w="-162" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="972"/>
-[...8 lines deleted...]
-        <w:gridCol w:w="1159"/>
+        <w:gridCol w:w="963"/>
+        <w:gridCol w:w="896"/>
+        <w:gridCol w:w="806"/>
+        <w:gridCol w:w="707"/>
+        <w:gridCol w:w="272"/>
+        <w:gridCol w:w="961"/>
+        <w:gridCol w:w="1138"/>
+        <w:gridCol w:w="2647"/>
+        <w:gridCol w:w="1781"/>
+        <w:gridCol w:w="1146"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00374A25" w:rsidRPr="002A710E" w:rsidTr="00320E68">
+      <w:tr w:rsidR="00374A25" w:rsidRPr="00684632" w14:paraId="5801562D" w14:textId="77777777" w:rsidTr="003908D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3394" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00374A25" w:rsidRPr="002162D4" w:rsidRDefault="00374A25" w:rsidP="0078123C">
+          <w:p w14:paraId="1A80C54A" w14:textId="77777777" w:rsidR="00374A25" w:rsidRPr="00684632" w:rsidRDefault="00374A25" w:rsidP="0078123C">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="black"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="black"/>
               </w:rPr>
               <w:t xml:space="preserve">Teaching </w:t>
             </w:r>
-            <w:r w:rsidR="0078123C">
+            <w:r w:rsidR="0078123C" w:rsidRPr="00684632">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="black"/>
               </w:rPr>
               <w:t>request &amp; justification</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="black"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7923" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00374A25" w:rsidRPr="002162D4" w:rsidRDefault="00374A25" w:rsidP="00374A25">
+          <w:p w14:paraId="591D66E5" w14:textId="77777777" w:rsidR="00374A25" w:rsidRPr="00684632" w:rsidRDefault="00374A25" w:rsidP="00374A25">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="black"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C78DF">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text69"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="775"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="002C78DF">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="002C78DF">
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="002C78DF">
-[...43 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320E68" w:rsidRPr="001322A0" w:rsidTr="00320E68">
+      <w:tr w:rsidR="00320E68" w:rsidRPr="00684632" w14:paraId="4AAD5DE0" w14:textId="77777777" w:rsidTr="00320E68">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E117EB" w:rsidRPr="001322A0" w:rsidRDefault="00E117EB" w:rsidP="00320E68">
+          <w:p w14:paraId="4653E745" w14:textId="77777777" w:rsidR="00E117EB" w:rsidRPr="00684632" w:rsidRDefault="00E117EB" w:rsidP="00320E68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Subj</w:t>
             </w:r>
-            <w:r w:rsidR="00320E68">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="00320E68" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E117EB" w:rsidRPr="001322A0" w:rsidRDefault="00E117EB" w:rsidP="00320E68">
+          <w:p w14:paraId="1BDC23A0" w14:textId="77777777" w:rsidR="00E117EB" w:rsidRPr="00684632" w:rsidRDefault="00E117EB" w:rsidP="00320E68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
-            <w:r w:rsidR="00320E68">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="00320E68" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ourse #</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E117EB" w:rsidRPr="001322A0" w:rsidRDefault="00E117EB" w:rsidP="002E377E">
+          <w:p w14:paraId="674F77A1" w14:textId="77777777" w:rsidR="00E117EB" w:rsidRPr="00684632" w:rsidRDefault="00E117EB" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CRN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E117EB" w:rsidRPr="001322A0" w:rsidRDefault="00E117EB" w:rsidP="002E377E">
+          <w:p w14:paraId="6EAD58C4" w14:textId="77777777" w:rsidR="00E117EB" w:rsidRPr="00684632" w:rsidRDefault="00E117EB" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...33 lines deleted...]
-              <w:t>.</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Cr. Hrs.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E117EB" w:rsidRPr="001322A0" w:rsidRDefault="00E117EB" w:rsidP="00320E68">
+          <w:p w14:paraId="0B334C05" w14:textId="77777777" w:rsidR="00E117EB" w:rsidRPr="00684632" w:rsidRDefault="00E117EB" w:rsidP="00320E68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
-            <w:r w:rsidR="00320E68">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="00320E68" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Emp</w:t>
             </w:r>
-            <w:r w:rsidR="00320E68">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="00320E68" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1046" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E117EB" w:rsidRPr="001322A0" w:rsidRDefault="00E117EB" w:rsidP="002E377E">
+          <w:p w14:paraId="49F8162F" w14:textId="77777777" w:rsidR="00E117EB" w:rsidRPr="00684632" w:rsidRDefault="00E117EB" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Enrollment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2679" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E117EB" w:rsidRPr="001322A0" w:rsidRDefault="00E117EB" w:rsidP="002E377E">
+          <w:p w14:paraId="4D77F605" w14:textId="77777777" w:rsidR="00E117EB" w:rsidRPr="00684632" w:rsidRDefault="00E117EB" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Method</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1790" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E117EB" w:rsidRPr="001322A0" w:rsidRDefault="00E117EB" w:rsidP="002E377E">
+          <w:p w14:paraId="0E25FBB4" w14:textId="77777777" w:rsidR="00E117EB" w:rsidRPr="00684632" w:rsidRDefault="00E117EB" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Part of Term</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1159" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E117EB" w:rsidRPr="001322A0" w:rsidRDefault="00320E68" w:rsidP="002E377E">
+          <w:p w14:paraId="6235F2B8" w14:textId="77777777" w:rsidR="00E117EB" w:rsidRPr="00684632" w:rsidRDefault="00320E68" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Salary</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320E68" w:rsidRPr="00610FD0" w:rsidTr="00320E68">
+      <w:tr w:rsidR="00320E68" w:rsidRPr="00684632" w14:paraId="04838406" w14:textId="77777777" w:rsidTr="00320E68">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="972" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E117EB" w:rsidRPr="00610FD0" w:rsidRDefault="00E117EB" w:rsidP="00320E68">
+          <w:p w14:paraId="77F73CD4" w14:textId="77777777" w:rsidR="00E117EB" w:rsidRPr="00684632" w:rsidRDefault="00E117EB" w:rsidP="00320E68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text38"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00610FD0">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00610FD0">
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00320E68">
-[...43 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="00320E68" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00320E68" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00320E68" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00320E68" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00320E68" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E117EB" w:rsidRPr="00610FD0" w:rsidRDefault="00E117EB" w:rsidP="00320E68">
+          <w:p w14:paraId="62E584C7" w14:textId="77777777" w:rsidR="00E117EB" w:rsidRPr="00684632" w:rsidRDefault="00E117EB" w:rsidP="00320E68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text39"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00610FD0">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00610FD0">
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00320E68">
-[...43 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="00320E68" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00320E68" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00320E68" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00320E68" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00320E68" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E117EB" w:rsidRPr="00610FD0" w:rsidRDefault="00E117EB" w:rsidP="00320E68">
+          <w:p w14:paraId="1A23B890" w14:textId="77777777" w:rsidR="00E117EB" w:rsidRPr="00684632" w:rsidRDefault="00E117EB" w:rsidP="00320E68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text40"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="8"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00610FD0">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00610FD0">
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00320E68">
-[...43 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="00320E68" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00320E68" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00320E68" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00320E68" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00320E68" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E117EB" w:rsidRPr="00610FD0" w:rsidRDefault="00E117EB" w:rsidP="00320E68">
+          <w:p w14:paraId="676C1FDC" w14:textId="77777777" w:rsidR="00E117EB" w:rsidRPr="00684632" w:rsidRDefault="00E117EB" w:rsidP="00320E68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text41"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00610FD0">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00610FD0">
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00320E68">
-[...43 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="00320E68" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00320E68" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00320E68" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00320E68" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00320E68" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E117EB" w:rsidRPr="00610FD0" w:rsidRDefault="00E117EB" w:rsidP="00320E68">
+          <w:p w14:paraId="3A0F39ED" w14:textId="77777777" w:rsidR="00E117EB" w:rsidRPr="00684632" w:rsidRDefault="00E117EB" w:rsidP="00320E68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text41"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00610FD0">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00610FD0">
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00320E68">
-[...43 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="00320E68" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00320E68" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00320E68" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00320E68" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00320E68" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1046" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E117EB" w:rsidRPr="00610FD0" w:rsidRDefault="00E117EB" w:rsidP="00320E68">
+          <w:p w14:paraId="752E0E5D" w14:textId="77777777" w:rsidR="00E117EB" w:rsidRPr="00684632" w:rsidRDefault="00E117EB" w:rsidP="00320E68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text42"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00610FD0">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00610FD0">
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00320E68">
-[...43 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="00320E68" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00320E68" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00320E68" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00320E68" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00320E68" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2679" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E117EB" w:rsidRPr="00610FD0" w:rsidRDefault="003B1525" w:rsidP="002E377E">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w14:paraId="02E9FAC1" w14:textId="635EB04C" w:rsidR="00E117EB" w:rsidRPr="00684632" w:rsidRDefault="00043C25" w:rsidP="002E377E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Dropdown13"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:ddList>
+                    <w:listEntry w:val="SELECT METHOD"/>
+                    <w:listEntry w:val="Online Course (WEB)"/>
+                    <w:listEntry w:val="In Classroom Course (Traditional)"/>
+                    <w:listEntry w:val="Hybrid Course"/>
+                  </w:ddList>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="10" w:name="Dropdown13"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="10"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1790" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6545600E" w14:textId="3D668002" w:rsidR="00E117EB" w:rsidRPr="00684632" w:rsidRDefault="007E23CC" w:rsidP="002E377E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Dropdown10"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:ddList>
+                    <w:listEntry w:val="SELECT TERM"/>
+                    <w:listEntry w:val="Full Term"/>
+                    <w:listEntry w:val="1st 8 Weeks"/>
+                    <w:listEntry w:val="2nd 8 Weeks"/>
+                    <w:listEntry w:val="Summer Full Term"/>
+                    <w:listEntry w:val="Summer I"/>
+                    <w:listEntry w:val="Summer II"/>
+                    <w:listEntry w:val="Wintersession"/>
+                  </w:ddList>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="11" w:name="Dropdown10"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="11"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1159" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3182DDCB" w14:textId="77777777" w:rsidR="00E117EB" w:rsidRPr="00684632" w:rsidRDefault="00E117EB" w:rsidP="00320E68">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>$</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text45"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00320E68" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00320E68" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00320E68" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00320E68" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00320E68" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00320E68" w:rsidRPr="00684632" w14:paraId="7385A84E" w14:textId="77777777" w:rsidTr="00320E68">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="446C9466" w14:textId="77777777" w:rsidR="00E117EB" w:rsidRPr="00684632" w:rsidRDefault="00E117EB" w:rsidP="002E377E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text38"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1485EC11" w14:textId="77777777" w:rsidR="00E117EB" w:rsidRPr="00684632" w:rsidRDefault="00E117EB" w:rsidP="002E377E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text39"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="70BE07F0" w14:textId="77777777" w:rsidR="00E117EB" w:rsidRPr="00684632" w:rsidRDefault="00E117EB" w:rsidP="002E377E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text40"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput>
+                    <w:maxLength w:val="8"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="45437221" w14:textId="77777777" w:rsidR="00E117EB" w:rsidRPr="00684632" w:rsidRDefault="00E117EB" w:rsidP="002E377E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text41"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="971" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="477E4437" w14:textId="77777777" w:rsidR="00E117EB" w:rsidRPr="00684632" w:rsidRDefault="00E117EB" w:rsidP="002E377E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text41"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1046" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="520BBEDB" w14:textId="77777777" w:rsidR="00E117EB" w:rsidRPr="00684632" w:rsidRDefault="00E117EB" w:rsidP="002E377E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text42"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2679" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="27A5BF56" w14:textId="77777777" w:rsidR="00E117EB" w:rsidRPr="00684632" w:rsidRDefault="003B1525" w:rsidP="002E377E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="SELECT METHOD"/>
                     <w:listEntry w:val="eULM"/>
                     <w:listEntry w:val="Online Course (WEB)"/>
                     <w:listEntry w:val="In Classroom Course (Traditional)"/>
                     <w:listEntry w:val="Hybrid Course"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="11" w:name="Dropdown13"/>
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="00920622">
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="007B17AA" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007B17AA" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1790" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E117EB" w:rsidRPr="00610FD0" w:rsidRDefault="003B1525" w:rsidP="002E377E">
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="1CAA0FAD" w14:textId="562C45C8" w:rsidR="00E117EB" w:rsidRPr="00684632" w:rsidRDefault="00043C25" w:rsidP="002E377E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Dropdown10"/>
+                  <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="SELECT TERM"/>
                     <w:listEntry w:val="Full Term"/>
-                    <w:listEntry w:val="1st Half Term"/>
-[...2 lines deleted...]
-                    <w:listEntry w:val="Maymester"/>
+                    <w:listEntry w:val="1st 8 Weeks"/>
+                    <w:listEntry w:val="2nd 8 Weeks"/>
                     <w:listEntry w:val="Summer Full Term"/>
                     <w:listEntry w:val="Summer I"/>
                     <w:listEntry w:val="Summer II"/>
+                    <w:listEntry w:val="Wintersession"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="Dropdown10"/>
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="00920622">
-[...18 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1159" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E117EB" w:rsidRPr="00610FD0" w:rsidRDefault="00E117EB" w:rsidP="00320E68">
+          <w:p w14:paraId="432813A0" w14:textId="77777777" w:rsidR="00E117EB" w:rsidRPr="00684632" w:rsidRDefault="00E117EB" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidRPr="00610FD0">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text45"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00610FD0">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00610FD0">
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00320E68">
-[...43 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320E68" w:rsidRPr="00610FD0" w:rsidTr="00320E68">
+      <w:tr w:rsidR="00320E68" w:rsidRPr="00684632" w14:paraId="3A08C26A" w14:textId="77777777" w:rsidTr="00320E68">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="972" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E117EB" w:rsidRPr="00610FD0" w:rsidRDefault="00E117EB" w:rsidP="002E377E">
+          <w:p w14:paraId="6996A79A" w14:textId="77777777" w:rsidR="00E117EB" w:rsidRPr="00684632" w:rsidRDefault="00E117EB" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text38"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00610FD0">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00610FD0">
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00610FD0">
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00610FD0">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00610FD0">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00610FD0">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00610FD0">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E117EB" w:rsidRPr="00610FD0" w:rsidRDefault="00E117EB" w:rsidP="002E377E">
+          <w:p w14:paraId="53A8B51B" w14:textId="77777777" w:rsidR="00E117EB" w:rsidRPr="00684632" w:rsidRDefault="00E117EB" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text39"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00610FD0">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00610FD0">
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00610FD0">
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00610FD0">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00610FD0">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00610FD0">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00610FD0">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E117EB" w:rsidRPr="00610FD0" w:rsidRDefault="00E117EB" w:rsidP="002E377E">
+          <w:p w14:paraId="0A38B7CF" w14:textId="77777777" w:rsidR="00E117EB" w:rsidRPr="00684632" w:rsidRDefault="00E117EB" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text40"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="8"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00610FD0">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00610FD0">
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00610FD0">
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00610FD0">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00610FD0">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00610FD0">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00610FD0">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E117EB" w:rsidRPr="00610FD0" w:rsidRDefault="00E117EB" w:rsidP="002E377E">
+          <w:p w14:paraId="3CF0425D" w14:textId="77777777" w:rsidR="00E117EB" w:rsidRPr="00684632" w:rsidRDefault="00E117EB" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text41"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00610FD0">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00610FD0">
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00610FD0">
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00610FD0">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00610FD0">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00610FD0">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00610FD0">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E117EB" w:rsidRPr="00610FD0" w:rsidRDefault="00E117EB" w:rsidP="002E377E">
+          <w:p w14:paraId="682EAC2B" w14:textId="77777777" w:rsidR="00E117EB" w:rsidRPr="00684632" w:rsidRDefault="00E117EB" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text41"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00610FD0">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00610FD0">
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00610FD0">
-[...43 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1046" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E117EB" w:rsidRPr="00610FD0" w:rsidRDefault="00E117EB" w:rsidP="002E377E">
+          <w:p w14:paraId="618FEB46" w14:textId="77777777" w:rsidR="00E117EB" w:rsidRPr="00684632" w:rsidRDefault="00E117EB" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text42"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00610FD0">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00610FD0">
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00610FD0">
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00610FD0">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00610FD0">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00610FD0">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00610FD0">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2679" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E117EB" w:rsidRPr="00610FD0" w:rsidRDefault="003B1525" w:rsidP="002E377E">
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="6941CDB8" w14:textId="77777777" w:rsidR="00E117EB" w:rsidRPr="00684632" w:rsidRDefault="003B1525" w:rsidP="002E377E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="SELECT METHOD"/>
                     <w:listEntry w:val="eULM"/>
                     <w:listEntry w:val="Online Course (WEB)"/>
                     <w:listEntry w:val="In Classroom Course (Traditional)"/>
                     <w:listEntry w:val="Hybrid Course"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="00920622">
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="007B17AA" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007B17AA" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1790" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E117EB" w:rsidRPr="00610FD0" w:rsidRDefault="003B1525" w:rsidP="002E377E">
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="1C7DFE43" w14:textId="45F142B6" w:rsidR="00E117EB" w:rsidRPr="00684632" w:rsidRDefault="00043C25" w:rsidP="002E377E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Dropdown10"/>
+                  <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="SELECT TERM"/>
                     <w:listEntry w:val="Full Term"/>
-                    <w:listEntry w:val="1st Half Term"/>
-[...2 lines deleted...]
-                    <w:listEntry w:val="Maymester"/>
+                    <w:listEntry w:val="1st 8 Weeks"/>
+                    <w:listEntry w:val="2nd 8 Weeks"/>
                     <w:listEntry w:val="Summer Full Term"/>
                     <w:listEntry w:val="Summer I"/>
                     <w:listEntry w:val="Summer II"/>
+                    <w:listEntry w:val="Wintersession"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="00920622">
-[...18 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1159" w:type="dxa"/>
             <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E117EB" w:rsidRPr="00610FD0" w:rsidRDefault="00E117EB" w:rsidP="002E377E">
+          <w:p w14:paraId="289011D4" w14:textId="77777777" w:rsidR="00E117EB" w:rsidRPr="00684632" w:rsidRDefault="00E117EB" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidRPr="00610FD0">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text45"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00610FD0">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00610FD0">
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00610FD0">
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00610FD0">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00610FD0">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00610FD0">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00610FD0">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-[...930 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E117EB" w:rsidRPr="00CE2908" w:rsidRDefault="00E117EB" w:rsidP="00E117EB">
+    <w:p w14:paraId="3C7A285F" w14:textId="77777777" w:rsidR="007E23CC" w:rsidRDefault="007E23CC" w:rsidP="007E23CC">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+          <w:highlight w:val="black"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E117EB" w:rsidRPr="00CE2908" w:rsidRDefault="00E117EB">
-[...9 lines deleted...]
-    <w:p w:rsidR="00061A48" w:rsidRPr="00DD738A" w:rsidRDefault="00E117EB">
+    <w:p w14:paraId="3940B8F2" w14:textId="1AD36FF1" w:rsidR="00145B75" w:rsidRPr="00DD738A" w:rsidRDefault="007E23CC" w:rsidP="007E23CC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DD738A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
           <w:highlight w:val="black"/>
         </w:rPr>
-        <w:t>To be completed by School/College</w:t>
-[...41 lines deleted...]
-        <w:t>:</w:t>
+        <w:t xml:space="preserve">SACSCOC Qualifications </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003E0D3B" w:rsidRPr="00CB518A" w:rsidRDefault="003E0D3B" w:rsidP="003E0D3B">
+    <w:p w14:paraId="6EB80E95" w14:textId="50D1EAEA" w:rsidR="00684632" w:rsidRDefault="00684632" w:rsidP="003E0D3B">
       <w:pPr>
         <w:rPr>
           <w:b/>
-          <w:i/>
-          <w:sz w:val="19"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB518A">
-[...52 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="002403A1" w:rsidRPr="00CB518A" w:rsidRDefault="002403A1" w:rsidP="003E0D3B">
+    <w:p w14:paraId="430D311B" w14:textId="24A04724" w:rsidR="006C359E" w:rsidRDefault="007E23CC" w:rsidP="007E23CC">
       <w:pPr>
         <w:rPr>
-          <w:b/>
-          <w:sz w:val="19"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB518A">
+      <w:r>
         <w:rPr>
-          <w:b/>
-          <w:sz w:val="19"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve">NOTE:  </w:t>
-[...174 lines deleted...]
-        <w:t>in office of the Dean over the course(s) being taught.</w:t>
+        <w:t xml:space="preserve">Please refer to the guidelines set forth by the SACSCOC and detailed in the Justification of Faculty Qualifications form to determine if the form is required in this instance. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003E0D3B" w:rsidRDefault="00A8627A" w:rsidP="003E0D3B">
+    <w:p w14:paraId="2FF666D3" w14:textId="77777777" w:rsidR="007E23CC" w:rsidRPr="00684632" w:rsidRDefault="007E23CC" w:rsidP="007E23CC">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="771A212D" w14:textId="6F5500EF" w:rsidR="003E0D3B" w:rsidRPr="00684632" w:rsidRDefault="003E0D3B" w:rsidP="00A8627A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
         <w:ind w:left="450" w:hanging="450"/>
         <w:rPr>
-          <w:sz w:val="19"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E117EB">
+      <w:r w:rsidRPr="00684632">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="19"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00E117EB">
+      <w:r w:rsidRPr="00684632">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="19"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00920622">
+      <w:r w:rsidR="00154ABA" w:rsidRPr="00684632">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="19"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00920622">
+      <w:r w:rsidR="007B17AA" w:rsidRPr="00684632">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="19"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00E117EB">
+      <w:r w:rsidRPr="00684632">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="19"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00684632">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="19"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="003E0D3B" w:rsidRPr="00E117EB">
+      <w:r w:rsidR="00621B5F" w:rsidRPr="00684632">
         <w:rPr>
-          <w:sz w:val="19"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Yes, the individual has a doctorate</w:t>
+        <w:t>Justification of Faculty Qualifications</w:t>
       </w:r>
-      <w:r w:rsidR="002403A1" w:rsidRPr="00E117EB">
+      <w:r w:rsidR="00621B5F" w:rsidRPr="00684632">
         <w:rPr>
-          <w:sz w:val="19"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>/terminal</w:t>
+        <w:t xml:space="preserve"> form is attached</w:t>
       </w:r>
-      <w:r w:rsidR="003E0D3B" w:rsidRPr="00E117EB">
+      <w:r w:rsidRPr="00684632">
         <w:rPr>
-          <w:sz w:val="19"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> degree in the </w:t>
-[...30 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003E0D3B" w:rsidRPr="00E117EB" w:rsidRDefault="003E0D3B" w:rsidP="00A8627A">
+    <w:p w14:paraId="7558AA3A" w14:textId="77777777" w:rsidR="00684632" w:rsidRPr="00684632" w:rsidRDefault="00684632" w:rsidP="00A8627A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
         <w:ind w:left="450" w:hanging="450"/>
         <w:rPr>
-          <w:sz w:val="19"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E117EB">
-[...93 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00371EA4" w:rsidRPr="00371EA4" w:rsidRDefault="002403A1" w:rsidP="00371EA4">
+    <w:p w14:paraId="4A3AFACD" w14:textId="274D634F" w:rsidR="00B015F3" w:rsidRPr="00684632" w:rsidRDefault="00371EA4" w:rsidP="00F10B21">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
         <w:ind w:left="450" w:hanging="450"/>
         <w:rPr>
-          <w:sz w:val="19"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E117EB">
+      <w:r w:rsidRPr="00684632">
         <w:rPr>
-          <w:b/>
-[...50 lines deleted...]
-          <w:sz w:val="19"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00371EA4" w:rsidRPr="00371EA4">
-[...374 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5249" w:type="pct"/>
         <w:tblInd w:w="-162" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5022"/>
         <w:gridCol w:w="4064"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="1982"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007826B1" w:rsidRPr="00E20F6F" w:rsidTr="00187636">
+      <w:tr w:rsidR="007826B1" w:rsidRPr="00684632" w14:paraId="04FE0E45" w14:textId="77777777" w:rsidTr="00187636">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2215" w:type="pct"/>
             <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007826B1" w:rsidRPr="00A179E1" w:rsidRDefault="007826B1" w:rsidP="00320E68">
+          <w:p w14:paraId="53B45C71" w14:textId="77777777" w:rsidR="007826B1" w:rsidRPr="00684632" w:rsidRDefault="007826B1" w:rsidP="000E7C74">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="4796"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:i/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1792" w:type="pct"/>
-            <w:tcBorders>
-[...54 lines deleted...]
-            <w:tcW w:w="2215" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007826B1" w:rsidRPr="00A179E1" w:rsidRDefault="007826B1" w:rsidP="000E7C74">
+          <w:p w14:paraId="494B5050" w14:textId="77777777" w:rsidR="007826B1" w:rsidRPr="00684632" w:rsidRDefault="007826B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="119" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6954F12A" w14:textId="77777777" w:rsidR="007826B1" w:rsidRPr="00684632" w:rsidRDefault="007826B1" w:rsidP="00AE2089">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="874" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7AB4CBDE" w14:textId="77777777" w:rsidR="007826B1" w:rsidRPr="00684632" w:rsidRDefault="007826B1" w:rsidP="00AE2089">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000E7C74" w:rsidRPr="00684632" w14:paraId="291563D2" w14:textId="77777777" w:rsidTr="00187636">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2215" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2176220B" w14:textId="77777777" w:rsidR="000E7C74" w:rsidRPr="00684632" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="4796"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...71 lines deleted...]
-          <w:p w:rsidR="000E7C74" w:rsidRPr="00F47CCD" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4C04C395" w14:textId="77777777" w:rsidR="000E7C74" w:rsidRPr="00684632" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="4796"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="12"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="000E7C74" w:rsidRPr="00A179E1" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="007826B1" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">School </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Director</w:t>
+            </w:r>
+            <w:r w:rsidR="007826B1" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>’s Approval</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1792" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6DCFFED2" w14:textId="77777777" w:rsidR="000E7C74" w:rsidRPr="00684632" w:rsidRDefault="000E7C74">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="119" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5F6FBA5E" w14:textId="77777777" w:rsidR="000E7C74" w:rsidRPr="00684632" w:rsidRDefault="000E7C74" w:rsidP="00AE2089">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="874" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C4DA08F" w14:textId="77777777" w:rsidR="000E7C74" w:rsidRPr="00684632" w:rsidRDefault="000E7C74" w:rsidP="00AE2089">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00385568" w:rsidRPr="00684632" w14:paraId="768868D7" w14:textId="77777777" w:rsidTr="007826B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2215" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="34A328E9" w14:textId="77777777" w:rsidR="00385568" w:rsidRPr="00684632" w:rsidRDefault="00385568" w:rsidP="000E7C74">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="4796"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00A179E1">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1792" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72654044" w14:textId="77777777" w:rsidR="00385568" w:rsidRPr="00684632" w:rsidRDefault="00385568">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="007826B1" w:rsidRPr="00A179E1">
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="119" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="315F77CD" w14:textId="77777777" w:rsidR="00385568" w:rsidRPr="00684632" w:rsidRDefault="00385568" w:rsidP="00AE2089">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A179E1">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="874" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3683BA22" w14:textId="77777777" w:rsidR="00385568" w:rsidRPr="00684632" w:rsidRDefault="00385568" w:rsidP="00AE2089">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="007826B1" w:rsidRPr="00A179E1">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...59 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00385568" w:rsidRPr="00E20F6F" w:rsidTr="007826B1">
+      <w:tr w:rsidR="00385568" w:rsidRPr="00684632" w14:paraId="6E0FA005" w14:textId="77777777" w:rsidTr="007826B1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2215" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00385568" w:rsidRPr="00A179E1" w:rsidRDefault="00385568" w:rsidP="000E7C74">
+          <w:p w14:paraId="6A2AECAD" w14:textId="77777777" w:rsidR="00B015F3" w:rsidRPr="00684632" w:rsidRDefault="00B015F3" w:rsidP="000E7C74">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="4796"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:b/>
-[...73 lines deleted...]
-          <w:p w:rsidR="00B015F3" w:rsidRPr="00F47CCD" w:rsidRDefault="00B015F3" w:rsidP="000E7C74">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0BC68A55" w14:textId="77777777" w:rsidR="00385568" w:rsidRPr="00684632" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="4796"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="12"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00385568" w:rsidRPr="00A179E1" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00385568" w:rsidRPr="00684632">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dean’s Approval</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1792" w:type="pct"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5AB59E6B" w14:textId="77777777" w:rsidR="00385568" w:rsidRPr="00684632" w:rsidRDefault="00385568">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="119" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="048B49EA" w14:textId="77777777" w:rsidR="00385568" w:rsidRPr="00684632" w:rsidRDefault="00385568" w:rsidP="00AE2089">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="874" w:type="pct"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E9F3DB8" w14:textId="77777777" w:rsidR="00385568" w:rsidRPr="00684632" w:rsidRDefault="00385568" w:rsidP="00AE2089">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00385568" w:rsidRPr="00684632" w14:paraId="70B544C0" w14:textId="77777777" w:rsidTr="007826B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2215" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="687ADA79" w14:textId="77777777" w:rsidR="00385568" w:rsidRPr="00684632" w:rsidRDefault="00385568" w:rsidP="000E7C74">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="4796"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00A179E1">
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1792" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C1C3B22" w14:textId="77777777" w:rsidR="00385568" w:rsidRPr="00684632" w:rsidRDefault="00385568">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00385568" w:rsidRPr="00A179E1">
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="119" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="721565C2" w14:textId="77777777" w:rsidR="00385568" w:rsidRPr="00684632" w:rsidRDefault="00385568" w:rsidP="00AE2089">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...14 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="874" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="39EDBE96" w14:textId="77777777" w:rsidR="00385568" w:rsidRPr="00684632" w:rsidRDefault="00385568" w:rsidP="00AE2089">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:b/>
-[...12 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...17 lines deleted...]
-            </w:pPr>
+              <w:t>Date</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00385568" w:rsidRPr="00E20F6F" w:rsidTr="007826B1">
+      <w:tr w:rsidR="00FE284E" w:rsidRPr="00684632" w14:paraId="4A527CD2" w14:textId="77777777" w:rsidTr="007826B1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2215" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00385568" w:rsidRPr="00A179E1" w:rsidRDefault="00385568" w:rsidP="000E7C74">
+          <w:p w14:paraId="751B65CB" w14:textId="77777777" w:rsidR="00FE284E" w:rsidRPr="00684632" w:rsidRDefault="00FE284E" w:rsidP="000E7C74">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="4796"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...72 lines deleted...]
-          <w:p w:rsidR="00FE284E" w:rsidRPr="00F47CCD" w:rsidRDefault="00FE284E" w:rsidP="000E7C74">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="371D1A40" w14:textId="77777777" w:rsidR="007E1AC4" w:rsidRPr="00684632" w:rsidRDefault="000E7C74" w:rsidP="000E7C74">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="4796"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:b/>
-[...9 lines deleted...]
-              </w:tabs>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00A179E1">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="003B6512" w:rsidRPr="00684632">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00187636">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Office of Academic Affairs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1792" w:type="pct"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7284ECAD" w14:textId="77777777" w:rsidR="00FE284E" w:rsidRPr="00684632" w:rsidRDefault="00FE284E">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00B92AB8">
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="119" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7078AA79" w14:textId="77777777" w:rsidR="00FE284E" w:rsidRPr="00684632" w:rsidRDefault="00FE284E" w:rsidP="00AE2089">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00B92AB8" w:rsidRPr="00A179E1">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="874" w:type="pct"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6030C716" w14:textId="77777777" w:rsidR="00FD215F" w:rsidRPr="00684632" w:rsidRDefault="00FD215F" w:rsidP="00B015F3">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="007E1AC4" w:rsidRPr="00A179E1">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E1AC4" w:rsidRPr="00E20F6F" w14:paraId="3C3AA73A" w14:textId="77777777" w:rsidTr="00094555">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2215" w:type="pct"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="598B585B" w14:textId="77777777" w:rsidR="007E1AC4" w:rsidRPr="00684632" w:rsidRDefault="007E1AC4">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...72 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1792" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007E1AC4" w:rsidRPr="007826B1" w:rsidRDefault="007E1AC4">
+          <w:p w14:paraId="51C9939E" w14:textId="77777777" w:rsidR="007E1AC4" w:rsidRPr="00684632" w:rsidRDefault="007E1AC4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="119" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007E1AC4" w:rsidRPr="007826B1" w:rsidRDefault="007E1AC4" w:rsidP="00AE2089">
+          <w:p w14:paraId="3D30F834" w14:textId="77777777" w:rsidR="007E1AC4" w:rsidRPr="00684632" w:rsidRDefault="007E1AC4" w:rsidP="00AE2089">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="874" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007E1AC4" w:rsidRPr="007826B1" w:rsidRDefault="007E1AC4" w:rsidP="00B015F3">
+          <w:p w14:paraId="1AAEBAA2" w14:textId="77777777" w:rsidR="007E1AC4" w:rsidRPr="00684632" w:rsidRDefault="007E1AC4" w:rsidP="00B015F3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="16"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="007826B1">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00684632">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CB3C4C" w:rsidRPr="00BD29C2" w:rsidRDefault="00BD29C2" w:rsidP="00BD29C2">
+    <w:p w14:paraId="312E35C3" w14:textId="77777777" w:rsidR="00CB3C4C" w:rsidRPr="00BD29C2" w:rsidRDefault="00BD29C2" w:rsidP="00BD29C2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9377"/>
           <w:tab w:val="right" w:pos="10800"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00CB3C4C" w:rsidRPr="00BD29C2" w:rsidSect="00A179E1">
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="360" w:right="720" w:bottom="360" w:left="720" w:header="720" w:footer="360" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0068379E" w:rsidRDefault="0068379E" w:rsidP="00FD33F0">
+    <w:p w14:paraId="115233A5" w14:textId="77777777" w:rsidR="0068379E" w:rsidRDefault="0068379E" w:rsidP="00FD33F0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0068379E" w:rsidRDefault="0068379E" w:rsidP="00FD33F0">
+    <w:p w14:paraId="5B56C714" w14:textId="77777777" w:rsidR="0068379E" w:rsidRDefault="0068379E" w:rsidP="00FD33F0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="0068379E" w:rsidRPr="00750D30" w:rsidRDefault="00C26C0F" w:rsidP="00FD33F0">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="0B88EC50" w14:textId="56BD5FA0" w:rsidR="0068379E" w:rsidRPr="00F7751E" w:rsidRDefault="00F7751E" w:rsidP="00FD33F0">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        <w:sz w:val="16"/>
+        <w:sz w:val="20"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        <w:sz w:val="16"/>
+        <w:sz w:val="20"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve">Revised </w:t>
     </w:r>
-    <w:r w:rsidR="00187636">
+    <w:r w:rsidR="003908D5">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        <w:sz w:val="16"/>
+        <w:sz w:val="20"/>
         <w:szCs w:val="14"/>
       </w:rPr>
-      <w:t xml:space="preserve">8/10/2022 </w:t>
+      <w:t>02/05</w:t>
     </w:r>
-    <w:r w:rsidR="002403A1">
+    <w:r w:rsidR="003B6512" w:rsidRPr="00F7751E">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        <w:sz w:val="16"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>/202</w:t>
+    </w:r>
+    <w:r w:rsidR="003908D5">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r w:rsidR="00187636" w:rsidRPr="00F7751E">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="002403A1" w:rsidRPr="00F7751E">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="20"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>AA</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0068379E" w:rsidRDefault="0068379E" w:rsidP="00FD33F0">
+    <w:p w14:paraId="54D13D93" w14:textId="77777777" w:rsidR="0068379E" w:rsidRDefault="0068379E" w:rsidP="00FD33F0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0068379E" w:rsidRDefault="0068379E" w:rsidP="00FD33F0">
+    <w:p w14:paraId="3AA4B0BF" w14:textId="77777777" w:rsidR="0068379E" w:rsidRDefault="0068379E" w:rsidP="00FD33F0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="9qECwd1BssPFPRTf/pezItWGFma54D2BxcFTEPZ8/TNiycmtSxAKIL6F0z8njA8D7iK8cq/RGcc/7ufNolhY+Q==" w:salt="cCJWEYOCHznHEfb+aSjd+g=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="LOfDyOqsTL6mnJI9qFg+Kw/5G7koFpqKYpgCsCh6TwjfvL9jOBTlg9vFO5GuUd75/a7eHxaPiSKjvykCpsW/Hg==" w:salt="N0Ss0Sc8ae0YKbScJQvvgQ=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="142337"/>
+    <o:shapedefaults v:ext="edit" spidmax="156673"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0045666C"/>
     <w:rsid w:val="00002793"/>
     <w:rsid w:val="000036F2"/>
     <w:rsid w:val="00012876"/>
+    <w:rsid w:val="000139A6"/>
     <w:rsid w:val="00015FD0"/>
+    <w:rsid w:val="0001721D"/>
     <w:rsid w:val="0002580D"/>
     <w:rsid w:val="00026320"/>
     <w:rsid w:val="00033232"/>
     <w:rsid w:val="000430AE"/>
     <w:rsid w:val="00043276"/>
+    <w:rsid w:val="00043C25"/>
     <w:rsid w:val="00052B6B"/>
     <w:rsid w:val="0005745B"/>
     <w:rsid w:val="000607AD"/>
     <w:rsid w:val="00061A48"/>
     <w:rsid w:val="00083338"/>
     <w:rsid w:val="00083DA8"/>
     <w:rsid w:val="00085A80"/>
     <w:rsid w:val="00086974"/>
     <w:rsid w:val="00091C22"/>
     <w:rsid w:val="00092F59"/>
     <w:rsid w:val="00094555"/>
     <w:rsid w:val="000B4A6E"/>
     <w:rsid w:val="000B5616"/>
     <w:rsid w:val="000C4299"/>
     <w:rsid w:val="000C4801"/>
     <w:rsid w:val="000D3783"/>
     <w:rsid w:val="000D37C1"/>
     <w:rsid w:val="000D63E1"/>
     <w:rsid w:val="000E3C98"/>
     <w:rsid w:val="000E7C74"/>
     <w:rsid w:val="000F16C2"/>
     <w:rsid w:val="000F2D0D"/>
     <w:rsid w:val="00100D68"/>
     <w:rsid w:val="0011298D"/>
     <w:rsid w:val="001155E5"/>
     <w:rsid w:val="001175B1"/>
     <w:rsid w:val="00126071"/>
     <w:rsid w:val="001279A1"/>
     <w:rsid w:val="001322A0"/>
     <w:rsid w:val="00135674"/>
     <w:rsid w:val="00140579"/>
     <w:rsid w:val="00144E11"/>
+    <w:rsid w:val="00145B75"/>
     <w:rsid w:val="00147639"/>
     <w:rsid w:val="00152170"/>
+    <w:rsid w:val="00154ABA"/>
     <w:rsid w:val="00157839"/>
     <w:rsid w:val="00163469"/>
     <w:rsid w:val="00175603"/>
     <w:rsid w:val="001806C6"/>
     <w:rsid w:val="00182E85"/>
     <w:rsid w:val="0018646B"/>
     <w:rsid w:val="00187636"/>
     <w:rsid w:val="001902FF"/>
     <w:rsid w:val="00191DC7"/>
     <w:rsid w:val="00192E37"/>
     <w:rsid w:val="00195CC2"/>
     <w:rsid w:val="0019757D"/>
     <w:rsid w:val="001B1C9C"/>
     <w:rsid w:val="001B2250"/>
     <w:rsid w:val="001C5D37"/>
     <w:rsid w:val="001D006C"/>
+    <w:rsid w:val="001D4DF8"/>
     <w:rsid w:val="001D5A3E"/>
     <w:rsid w:val="001E0E01"/>
     <w:rsid w:val="001E3502"/>
     <w:rsid w:val="001F38A3"/>
     <w:rsid w:val="0021459E"/>
     <w:rsid w:val="002162D4"/>
     <w:rsid w:val="00216BD3"/>
     <w:rsid w:val="00220D9A"/>
     <w:rsid w:val="00222FD6"/>
     <w:rsid w:val="00225E62"/>
     <w:rsid w:val="0023159E"/>
     <w:rsid w:val="00232F1F"/>
     <w:rsid w:val="002403A1"/>
     <w:rsid w:val="00242FC5"/>
     <w:rsid w:val="00245EF6"/>
     <w:rsid w:val="002508E9"/>
     <w:rsid w:val="002543BF"/>
     <w:rsid w:val="002653DA"/>
     <w:rsid w:val="0027116A"/>
     <w:rsid w:val="002752D4"/>
     <w:rsid w:val="00284365"/>
     <w:rsid w:val="00295402"/>
     <w:rsid w:val="002A13A8"/>
     <w:rsid w:val="002A1583"/>
     <w:rsid w:val="002A3EE4"/>
     <w:rsid w:val="002A710E"/>
     <w:rsid w:val="002B32D9"/>
     <w:rsid w:val="002B66F9"/>
     <w:rsid w:val="002C61FD"/>
     <w:rsid w:val="002C78DF"/>
     <w:rsid w:val="002D5CB6"/>
     <w:rsid w:val="002E3CE6"/>
     <w:rsid w:val="002F20BB"/>
     <w:rsid w:val="002F4F12"/>
     <w:rsid w:val="00303CD8"/>
     <w:rsid w:val="00304E04"/>
     <w:rsid w:val="00313797"/>
     <w:rsid w:val="003160F0"/>
     <w:rsid w:val="00320E68"/>
     <w:rsid w:val="003354E3"/>
     <w:rsid w:val="0033571B"/>
     <w:rsid w:val="0034070E"/>
     <w:rsid w:val="00357D95"/>
     <w:rsid w:val="00360DD4"/>
     <w:rsid w:val="00364CEA"/>
     <w:rsid w:val="00371EA4"/>
     <w:rsid w:val="00374A25"/>
     <w:rsid w:val="00385568"/>
     <w:rsid w:val="00385E4A"/>
+    <w:rsid w:val="003908D5"/>
     <w:rsid w:val="00392804"/>
     <w:rsid w:val="003A669A"/>
     <w:rsid w:val="003B1525"/>
+    <w:rsid w:val="003B6512"/>
     <w:rsid w:val="003B6735"/>
     <w:rsid w:val="003C1C30"/>
     <w:rsid w:val="003C578C"/>
     <w:rsid w:val="003D4626"/>
     <w:rsid w:val="003E0D3B"/>
     <w:rsid w:val="003E1F75"/>
     <w:rsid w:val="003E2122"/>
     <w:rsid w:val="003E56E1"/>
     <w:rsid w:val="003F1FAC"/>
     <w:rsid w:val="003F45B3"/>
     <w:rsid w:val="004047A3"/>
     <w:rsid w:val="00406A25"/>
     <w:rsid w:val="004125C3"/>
     <w:rsid w:val="00417232"/>
     <w:rsid w:val="004320F7"/>
     <w:rsid w:val="004350D9"/>
     <w:rsid w:val="004438E4"/>
     <w:rsid w:val="0045666C"/>
     <w:rsid w:val="00461357"/>
     <w:rsid w:val="0046634E"/>
     <w:rsid w:val="00475CD9"/>
     <w:rsid w:val="0048220A"/>
     <w:rsid w:val="00494428"/>
     <w:rsid w:val="00495AE9"/>
     <w:rsid w:val="004A217A"/>
@@ -10348,86 +9369,93 @@
     <w:rsid w:val="005418DF"/>
     <w:rsid w:val="005476DB"/>
     <w:rsid w:val="00566A94"/>
     <w:rsid w:val="005711A3"/>
     <w:rsid w:val="00572D4C"/>
     <w:rsid w:val="005825E3"/>
     <w:rsid w:val="00583C8A"/>
     <w:rsid w:val="005868EA"/>
     <w:rsid w:val="005A18C3"/>
     <w:rsid w:val="005B213F"/>
     <w:rsid w:val="005B24DD"/>
     <w:rsid w:val="005C0493"/>
     <w:rsid w:val="005C04E9"/>
     <w:rsid w:val="005C3CA6"/>
     <w:rsid w:val="005C4C8A"/>
     <w:rsid w:val="005C7E07"/>
     <w:rsid w:val="005D3FA3"/>
     <w:rsid w:val="005E4200"/>
     <w:rsid w:val="005E60E3"/>
     <w:rsid w:val="005F576E"/>
     <w:rsid w:val="005F6896"/>
     <w:rsid w:val="00601D56"/>
     <w:rsid w:val="00607895"/>
     <w:rsid w:val="00610FD0"/>
     <w:rsid w:val="006177EA"/>
+    <w:rsid w:val="00621B5F"/>
     <w:rsid w:val="00624F46"/>
     <w:rsid w:val="006306F2"/>
     <w:rsid w:val="0067086B"/>
     <w:rsid w:val="00672176"/>
     <w:rsid w:val="00673065"/>
     <w:rsid w:val="0067744A"/>
     <w:rsid w:val="00680AE6"/>
     <w:rsid w:val="0068226B"/>
     <w:rsid w:val="0068379E"/>
+    <w:rsid w:val="00684632"/>
     <w:rsid w:val="00687CE3"/>
     <w:rsid w:val="00692452"/>
+    <w:rsid w:val="006975EB"/>
     <w:rsid w:val="006A0586"/>
     <w:rsid w:val="006A0CF2"/>
+    <w:rsid w:val="006C359E"/>
     <w:rsid w:val="006D50AC"/>
     <w:rsid w:val="006D67F7"/>
     <w:rsid w:val="00702359"/>
     <w:rsid w:val="007111D8"/>
     <w:rsid w:val="007118BF"/>
     <w:rsid w:val="00721F54"/>
     <w:rsid w:val="00722382"/>
     <w:rsid w:val="007352DB"/>
     <w:rsid w:val="007374A3"/>
     <w:rsid w:val="007435FC"/>
     <w:rsid w:val="00747FCA"/>
     <w:rsid w:val="00750556"/>
     <w:rsid w:val="00750D30"/>
     <w:rsid w:val="007521EC"/>
     <w:rsid w:val="00774571"/>
     <w:rsid w:val="00774B6B"/>
     <w:rsid w:val="0077529F"/>
     <w:rsid w:val="0078123C"/>
     <w:rsid w:val="007826B1"/>
     <w:rsid w:val="00793720"/>
     <w:rsid w:val="007A5508"/>
+    <w:rsid w:val="007B17AA"/>
     <w:rsid w:val="007B6B78"/>
+    <w:rsid w:val="007C10C9"/>
     <w:rsid w:val="007E1AC4"/>
+    <w:rsid w:val="007E23CC"/>
     <w:rsid w:val="007E6CD1"/>
     <w:rsid w:val="007F0CDD"/>
     <w:rsid w:val="008011DB"/>
     <w:rsid w:val="008036C9"/>
     <w:rsid w:val="00804A19"/>
     <w:rsid w:val="00806B7E"/>
     <w:rsid w:val="008167E3"/>
     <w:rsid w:val="00823045"/>
     <w:rsid w:val="00824C0A"/>
     <w:rsid w:val="008324C1"/>
     <w:rsid w:val="00833512"/>
     <w:rsid w:val="00840070"/>
     <w:rsid w:val="008452F8"/>
     <w:rsid w:val="00846634"/>
     <w:rsid w:val="008537E6"/>
     <w:rsid w:val="00857E00"/>
     <w:rsid w:val="00865FCE"/>
     <w:rsid w:val="00870EDF"/>
     <w:rsid w:val="00877D6B"/>
     <w:rsid w:val="008851D9"/>
     <w:rsid w:val="008851F1"/>
     <w:rsid w:val="00886B6C"/>
     <w:rsid w:val="00891B6B"/>
     <w:rsid w:val="00894562"/>
     <w:rsid w:val="00894A90"/>
@@ -10449,50 +9477,51 @@
     <w:rsid w:val="00921E35"/>
     <w:rsid w:val="00924A4F"/>
     <w:rsid w:val="009313B8"/>
     <w:rsid w:val="00934ED1"/>
     <w:rsid w:val="0094762C"/>
     <w:rsid w:val="00947739"/>
     <w:rsid w:val="0094799E"/>
     <w:rsid w:val="00953BB4"/>
     <w:rsid w:val="00964265"/>
     <w:rsid w:val="00984991"/>
     <w:rsid w:val="00985B45"/>
     <w:rsid w:val="0099145C"/>
     <w:rsid w:val="009B0ED7"/>
     <w:rsid w:val="009B5104"/>
     <w:rsid w:val="009C0706"/>
     <w:rsid w:val="009C1B68"/>
     <w:rsid w:val="009C2316"/>
     <w:rsid w:val="009C2E92"/>
     <w:rsid w:val="009C65EE"/>
     <w:rsid w:val="009C774D"/>
     <w:rsid w:val="009D6CD7"/>
     <w:rsid w:val="009D7BFD"/>
     <w:rsid w:val="009E3CF2"/>
     <w:rsid w:val="009E3DED"/>
     <w:rsid w:val="009E47DA"/>
+    <w:rsid w:val="009F03A2"/>
     <w:rsid w:val="009F6753"/>
     <w:rsid w:val="00A04596"/>
     <w:rsid w:val="00A11B48"/>
     <w:rsid w:val="00A11DCD"/>
     <w:rsid w:val="00A16C7E"/>
     <w:rsid w:val="00A179E1"/>
     <w:rsid w:val="00A31EE5"/>
     <w:rsid w:val="00A33D56"/>
     <w:rsid w:val="00A47707"/>
     <w:rsid w:val="00A71CE3"/>
     <w:rsid w:val="00A75B8A"/>
     <w:rsid w:val="00A75CFE"/>
     <w:rsid w:val="00A76D55"/>
     <w:rsid w:val="00A85D55"/>
     <w:rsid w:val="00A8627A"/>
     <w:rsid w:val="00A86C6E"/>
     <w:rsid w:val="00A9558B"/>
     <w:rsid w:val="00A96308"/>
     <w:rsid w:val="00AA2CEF"/>
     <w:rsid w:val="00AA34D9"/>
     <w:rsid w:val="00AA3B35"/>
     <w:rsid w:val="00AB2554"/>
     <w:rsid w:val="00AB64CF"/>
     <w:rsid w:val="00AB7107"/>
     <w:rsid w:val="00AC67E5"/>
@@ -10524,177 +9553,183 @@
     <w:rsid w:val="00BD4747"/>
     <w:rsid w:val="00BE2509"/>
     <w:rsid w:val="00BE3706"/>
     <w:rsid w:val="00BF1CC9"/>
     <w:rsid w:val="00BF24E2"/>
     <w:rsid w:val="00C23A48"/>
     <w:rsid w:val="00C26C0F"/>
     <w:rsid w:val="00C32369"/>
     <w:rsid w:val="00C33E55"/>
     <w:rsid w:val="00C34A3E"/>
     <w:rsid w:val="00C3585F"/>
     <w:rsid w:val="00C4051E"/>
     <w:rsid w:val="00C566C4"/>
     <w:rsid w:val="00C7204F"/>
     <w:rsid w:val="00C73E22"/>
     <w:rsid w:val="00C7789A"/>
     <w:rsid w:val="00C81B9F"/>
     <w:rsid w:val="00CA456D"/>
     <w:rsid w:val="00CB0126"/>
     <w:rsid w:val="00CB0313"/>
     <w:rsid w:val="00CB3C4C"/>
     <w:rsid w:val="00CB418F"/>
     <w:rsid w:val="00CB518A"/>
     <w:rsid w:val="00CB7A74"/>
     <w:rsid w:val="00CC1318"/>
+    <w:rsid w:val="00CC35DA"/>
     <w:rsid w:val="00CC6CC8"/>
     <w:rsid w:val="00CD0956"/>
     <w:rsid w:val="00CD6077"/>
     <w:rsid w:val="00CD7A6E"/>
     <w:rsid w:val="00CE2908"/>
     <w:rsid w:val="00CE43EE"/>
     <w:rsid w:val="00CE63EA"/>
     <w:rsid w:val="00CF0E3F"/>
     <w:rsid w:val="00CF6EE7"/>
     <w:rsid w:val="00D221D4"/>
     <w:rsid w:val="00D24C61"/>
     <w:rsid w:val="00D30244"/>
     <w:rsid w:val="00D420F7"/>
     <w:rsid w:val="00D42E19"/>
     <w:rsid w:val="00D45E80"/>
     <w:rsid w:val="00D75519"/>
     <w:rsid w:val="00D87CE8"/>
     <w:rsid w:val="00DA131C"/>
     <w:rsid w:val="00DA22CB"/>
     <w:rsid w:val="00DB67C1"/>
     <w:rsid w:val="00DC3C94"/>
     <w:rsid w:val="00DC496B"/>
     <w:rsid w:val="00DD1A4F"/>
     <w:rsid w:val="00DD4C39"/>
     <w:rsid w:val="00DD738A"/>
     <w:rsid w:val="00DD78D5"/>
+    <w:rsid w:val="00DE0A0D"/>
     <w:rsid w:val="00DE53BF"/>
     <w:rsid w:val="00DF03C7"/>
     <w:rsid w:val="00DF37B1"/>
     <w:rsid w:val="00E02383"/>
     <w:rsid w:val="00E02E57"/>
     <w:rsid w:val="00E0388A"/>
     <w:rsid w:val="00E117EB"/>
     <w:rsid w:val="00E13D17"/>
     <w:rsid w:val="00E16C14"/>
     <w:rsid w:val="00E20F6F"/>
     <w:rsid w:val="00E212F8"/>
     <w:rsid w:val="00E21E34"/>
     <w:rsid w:val="00E22207"/>
     <w:rsid w:val="00E226E8"/>
     <w:rsid w:val="00E25321"/>
     <w:rsid w:val="00E25B16"/>
     <w:rsid w:val="00E2650A"/>
     <w:rsid w:val="00E40667"/>
     <w:rsid w:val="00E42589"/>
     <w:rsid w:val="00E45562"/>
     <w:rsid w:val="00E47186"/>
     <w:rsid w:val="00E50E8C"/>
     <w:rsid w:val="00E55472"/>
     <w:rsid w:val="00E60517"/>
     <w:rsid w:val="00E630DA"/>
     <w:rsid w:val="00E63829"/>
     <w:rsid w:val="00E70744"/>
     <w:rsid w:val="00E76DA9"/>
+    <w:rsid w:val="00E81B90"/>
+    <w:rsid w:val="00E83800"/>
     <w:rsid w:val="00E90A7C"/>
     <w:rsid w:val="00E92605"/>
     <w:rsid w:val="00E93B92"/>
     <w:rsid w:val="00EB136A"/>
     <w:rsid w:val="00EB14CB"/>
     <w:rsid w:val="00EB1BED"/>
     <w:rsid w:val="00EC05E9"/>
     <w:rsid w:val="00EC3259"/>
     <w:rsid w:val="00EE4B60"/>
     <w:rsid w:val="00EF51D5"/>
+    <w:rsid w:val="00F10B21"/>
     <w:rsid w:val="00F47CCD"/>
     <w:rsid w:val="00F55E54"/>
     <w:rsid w:val="00F56AD6"/>
     <w:rsid w:val="00F62074"/>
     <w:rsid w:val="00F7725A"/>
+    <w:rsid w:val="00F7751E"/>
     <w:rsid w:val="00F87716"/>
     <w:rsid w:val="00F92754"/>
     <w:rsid w:val="00FB28FA"/>
     <w:rsid w:val="00FB3DB4"/>
     <w:rsid w:val="00FB416F"/>
     <w:rsid w:val="00FB6811"/>
     <w:rsid w:val="00FC0B75"/>
     <w:rsid w:val="00FD215F"/>
     <w:rsid w:val="00FD33F0"/>
     <w:rsid w:val="00FD6FD3"/>
     <w:rsid w:val="00FD75AE"/>
     <w:rsid w:val="00FE1BB7"/>
     <w:rsid w:val="00FE2212"/>
     <w:rsid w:val="00FE284E"/>
     <w:rsid w:val="00FE510E"/>
     <w:rsid w:val="00FE55EF"/>
     <w:rsid w:val="00FE5852"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="142337"/>
+    <o:shapedefaults v:ext="edit" spidmax="156673"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="4489F1F7"/>
+  <w14:docId w14:val="19F5AA43"/>
   <w15:docId w15:val="{000D8130-07AB-4798-86E4-8FFBC745B896}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -10799,55 +9834,55 @@
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
-    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -11023,50 +10058,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="0018646B"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
@@ -11165,51 +10201,51 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00886B6C"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D30244"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -11468,82 +10504,82 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B0603ED0-0661-4E67-B037-F051FD334685}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{564F24B7-4A85-4674-91B9-470DC4F52EBF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>584</Words>
-  <Characters>3334</Characters>
+  <Words>376</Words>
+  <Characters>2148</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>27</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>17</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ulm</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3911</CharactersWithSpaces>
+  <CharactersWithSpaces>2519</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Madelaine Lanham</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>