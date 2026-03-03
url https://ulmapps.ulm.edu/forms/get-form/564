--- v0 (2025-10-07)
+++ v1 (2026-03-03)
@@ -1,341 +1,273 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00055462" w:rsidRPr="00DE7DD9" w:rsidRDefault="003D0FDF" w:rsidP="00055462">
+    <w:p w14:paraId="0036BBAC" w14:textId="77777777" w:rsidR="00055462" w:rsidRPr="00DE7DD9" w:rsidRDefault="003D0FDF" w:rsidP="00055462">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="4680"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Adjunct Instructor </w:t>
       </w:r>
       <w:r w:rsidR="00055462" w:rsidRPr="00DE7DD9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Reappointment Request</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00301EE7" w:rsidRPr="006D5B20" w:rsidRDefault="00301EE7" w:rsidP="00055462">
+    <w:p w14:paraId="4ECA5D6C" w14:textId="77777777" w:rsidR="00301EE7" w:rsidRPr="006D5B20" w:rsidRDefault="00301EE7" w:rsidP="00055462">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="4680"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D5B20">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Teaching/Non-Teaching Appointments Cannot Exceed 69% (refer to Moodle)</w:t>
+        <w:t>Teaching/Non-Teaching Appointments Cannot Exceed 69%</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00055462" w:rsidRPr="00DE7DD9" w:rsidRDefault="00A822DF" w:rsidP="00055462">
+    <w:p w14:paraId="446EE1F4" w14:textId="3463A436" w:rsidR="00055462" w:rsidRPr="00DE7DD9" w:rsidRDefault="00A822DF" w:rsidP="00055462">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="4680"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00301EE7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00055462" w:rsidRPr="00301EE7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
+      <w:r w:rsidR="00A20932">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>If</w:t>
+      </w:r>
+      <w:r w:rsidR="00643EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> applicable, </w:t>
+      </w:r>
       <w:r w:rsidR="00301EE7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00C108E4" w:rsidRPr="00301EE7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ttach </w:t>
       </w:r>
-      <w:r w:rsidR="00AA6F67" w:rsidRPr="00301EE7">
-[...11 lines deleted...]
-      <w:r w:rsidR="00F73440" w:rsidRPr="00301EE7">
+      <w:r w:rsidR="00432080">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of </w:t>
+        <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidR="00206ACF" w:rsidRPr="00DE7DD9">
+      <w:r w:rsidR="00432080" w:rsidRPr="00A20932">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">this </w:t>
-[...21 lines deleted...]
-        <w:t>form</w:t>
+        <w:t>copy</w:t>
       </w:r>
       <w:r w:rsidR="00301EE7" w:rsidRPr="00DE7DD9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve"> of </w:t>
       </w:r>
-      <w:r w:rsidR="00AA6F67" w:rsidRPr="00DE7DD9">
-[...11 lines deleted...]
-      <w:r w:rsidR="0088043E" w:rsidRPr="00DE7DD9">
+      <w:r w:rsidR="00432080">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of </w:t>
+        <w:t xml:space="preserve">a previously approved – </w:t>
       </w:r>
-      <w:r w:rsidR="00055462" w:rsidRPr="00DE7DD9">
+      <w:r w:rsidR="00432080" w:rsidRPr="00A20932">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00432080">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>appointment letter</w:t>
-[...55 lines deleted...]
-        <w:t xml:space="preserve"> to PAF)</w:t>
+        <w:t>r new – Justification of Faculty Qualifications)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A822DF" w:rsidRPr="00DE7DD9" w:rsidRDefault="00A822DF" w:rsidP="00A822DF">
+    <w:p w14:paraId="6CDF2288" w14:textId="77777777" w:rsidR="00A822DF" w:rsidRPr="00DE7DD9" w:rsidRDefault="00A822DF" w:rsidP="00A822DF">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="4680"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE7DD9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -370,292 +302,290 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00DE7DD9" w:rsidRPr="00DE7DD9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE7DD9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">and salary are subject to final determination of classes meeting minimum enrollment </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D86B86" w:rsidRPr="00140F45" w:rsidRDefault="00D86B86" w:rsidP="00055462">
+    <w:p w14:paraId="473CB3E4" w14:textId="77777777" w:rsidR="00D86B86" w:rsidRPr="00140F45" w:rsidRDefault="00D86B86" w:rsidP="00055462">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="4680"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-252" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1113"/>
         <w:gridCol w:w="4412"/>
         <w:gridCol w:w="487"/>
         <w:gridCol w:w="1585"/>
         <w:gridCol w:w="3167"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F341B7" w:rsidRPr="00301EE7" w:rsidTr="00F341B7">
+      <w:tr w:rsidR="00F341B7" w:rsidRPr="00301EE7" w14:paraId="45CC1CD8" w14:textId="77777777" w:rsidTr="00F341B7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00055462" w:rsidRPr="00301EE7" w:rsidRDefault="00055462" w:rsidP="00F341B7">
+          <w:p w14:paraId="7ECE0EA9" w14:textId="77777777" w:rsidR="00055462" w:rsidRPr="00301EE7" w:rsidRDefault="00055462" w:rsidP="00F341B7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidR="00F341B7" w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4412" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00055462" w:rsidRPr="00301EE7" w:rsidRDefault="00055462" w:rsidP="00513722">
+          <w:p w14:paraId="42156B9F" w14:textId="77777777" w:rsidR="00055462" w:rsidRPr="00301EE7" w:rsidRDefault="00055462" w:rsidP="00513722">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text76"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="Text76"/>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkEnd w:id="1"/>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, Dean</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2072" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00055462" w:rsidRPr="00301EE7" w:rsidRDefault="00055462" w:rsidP="00F341B7">
+          <w:p w14:paraId="4ACE80E9" w14:textId="77777777" w:rsidR="00055462" w:rsidRPr="00301EE7" w:rsidRDefault="00055462" w:rsidP="00F341B7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
             <w:r w:rsidR="00F341B7" w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ate</w:t>
             </w:r>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="2" w:name="Text30"/>
+        <w:bookmarkStart w:id="1" w:name="Text30"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3167" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00055462" w:rsidRPr="00301EE7" w:rsidRDefault="00055462" w:rsidP="00513722">
+          <w:p w14:paraId="6F3455CA" w14:textId="77777777" w:rsidR="00055462" w:rsidRPr="00301EE7" w:rsidRDefault="00055462" w:rsidP="00513722">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text30"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:bCs/>
@@ -705,218 +635,211 @@
             </w:r>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="2"/>
+            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00055462" w:rsidRPr="00301EE7" w:rsidTr="00F341B7">
+      <w:tr w:rsidR="00055462" w:rsidRPr="00301EE7" w14:paraId="4876DC10" w14:textId="77777777" w:rsidTr="00F341B7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00055462" w:rsidRPr="00301EE7" w:rsidRDefault="00055462" w:rsidP="00513722">
+          <w:p w14:paraId="427B6B0D" w14:textId="77777777" w:rsidR="00055462" w:rsidRPr="00301EE7" w:rsidRDefault="00055462" w:rsidP="00513722">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9651" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00055462" w:rsidRPr="00301EE7" w:rsidRDefault="00055462" w:rsidP="00E3096C">
+          <w:p w14:paraId="13C6B0BC" w14:textId="32056CC3" w:rsidR="00055462" w:rsidRPr="00301EE7" w:rsidRDefault="00055462" w:rsidP="00E3096C">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">College of </w:t>
             </w:r>
-            <w:r w:rsidR="00E3096C" w:rsidRPr="00301EE7">
+            <w:r w:rsidR="001E59E3">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="PLEASE SELECT:"/>
-                    <w:listEntry w:val="Arts, Education, and Sciences"/>
-[...2 lines deleted...]
-                    <w:listEntry w:val="Pharmacy"/>
+                    <w:listEntry w:val="College of Arts, Education, and Sciences"/>
+                    <w:listEntry w:val="College of Business and Social Sciences"/>
+                    <w:listEntry w:val="College of Health Sciences"/>
+                    <w:listEntry w:val="College of Pharmacy"/>
+                    <w:listEntry w:val="Honors"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="Dropdown2"/>
-            <w:r w:rsidR="00E3096C" w:rsidRPr="00301EE7">
+            <w:bookmarkStart w:id="2" w:name="Dropdown2"/>
+            <w:r w:rsidR="001E59E3">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="002366BA">
+            <w:r w:rsidR="001E59E3">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002366BA">
+            <w:r w:rsidR="001E59E3">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
-[...6 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="3"/>
+            <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00055462" w:rsidRPr="00301EE7" w:rsidTr="00F341B7">
+      <w:tr w:rsidR="00055462" w:rsidRPr="00301EE7" w14:paraId="37E75BB9" w14:textId="77777777" w:rsidTr="00F341B7">
         <w:trPr>
           <w:trHeight w:val="29"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00055462" w:rsidRPr="00301EE7" w:rsidRDefault="00055462" w:rsidP="00513722">
+          <w:p w14:paraId="12E51B65" w14:textId="77777777" w:rsidR="00055462" w:rsidRPr="00301EE7" w:rsidRDefault="00055462" w:rsidP="00513722">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9651" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00055462" w:rsidRPr="00301EE7" w:rsidRDefault="00055462" w:rsidP="00513722">
+          <w:p w14:paraId="7A58B366" w14:textId="77777777" w:rsidR="00055462" w:rsidRPr="00301EE7" w:rsidRDefault="00055462" w:rsidP="00513722">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F341B7" w:rsidRPr="00301EE7" w:rsidTr="00AB4B4A">
+      <w:tr w:rsidR="00F341B7" w:rsidRPr="00301EE7" w14:paraId="24D81A0A" w14:textId="77777777" w:rsidTr="00AB4B4A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00301EE7" w:rsidRDefault="00F341B7" w:rsidP="00F341B7">
+          <w:p w14:paraId="41B691DD" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00301EE7" w:rsidRDefault="00F341B7" w:rsidP="00F341B7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>From:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4899" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00301EE7" w:rsidRDefault="00F341B7" w:rsidP="00F341B7">
+          <w:p w14:paraId="140693F8" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00301EE7" w:rsidRDefault="00F341B7" w:rsidP="00F341B7">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:bCs/>
@@ -981,51 +904,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, School Director</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00301EE7" w:rsidRDefault="00F341B7" w:rsidP="00F341B7">
+          <w:p w14:paraId="5B674BE9" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00301EE7" w:rsidRDefault="00F341B7" w:rsidP="00F341B7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Effective Semester/Year:  </w:t>
             </w:r>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
@@ -1092,168 +1015,171 @@
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F341B7" w:rsidRPr="00301EE7" w:rsidTr="00494C7A">
+      <w:tr w:rsidR="00F341B7" w:rsidRPr="00301EE7" w14:paraId="610C7A0E" w14:textId="77777777" w:rsidTr="00494C7A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00301EE7" w:rsidRDefault="00F341B7" w:rsidP="00F341B7">
+          <w:p w14:paraId="116BB6CB" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00301EE7" w:rsidRDefault="00F341B7" w:rsidP="00F341B7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9651" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00301EE7" w:rsidRDefault="00F341B7" w:rsidP="00F341B7">
+          <w:p w14:paraId="6C505652" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00301EE7" w:rsidRDefault="00F341B7" w:rsidP="00F341B7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00055462" w:rsidRPr="00301EE7" w:rsidRDefault="00055462" w:rsidP="00055462">
+    <w:p w14:paraId="36B34513" w14:textId="77777777" w:rsidR="00055462" w:rsidRPr="00301EE7" w:rsidRDefault="00055462" w:rsidP="00055462">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="12"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9090" w:type="dxa"/>
+        <w:tblW w:w="10779" w:type="dxa"/>
         <w:tblInd w:w="-252" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1170"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2790"/>
+        <w:gridCol w:w="1387"/>
+        <w:gridCol w:w="4605"/>
+        <w:gridCol w:w="518"/>
+        <w:gridCol w:w="960"/>
+        <w:gridCol w:w="3309"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00055462" w:rsidRPr="00301EE7" w:rsidTr="00513722">
-[...2 lines deleted...]
-            <w:tcW w:w="1170" w:type="dxa"/>
+      <w:tr w:rsidR="00055462" w:rsidRPr="00301EE7" w14:paraId="4C9FD3B3" w14:textId="77777777" w:rsidTr="001E59E3">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00055462" w:rsidRPr="00301EE7" w:rsidRDefault="00055462" w:rsidP="00513722">
+          <w:p w14:paraId="166DC984" w14:textId="77777777" w:rsidR="00055462" w:rsidRPr="00301EE7" w:rsidRDefault="00055462" w:rsidP="00513722">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Name: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3883" w:type="dxa"/>
+            <w:tcW w:w="4605" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00055462" w:rsidRPr="00301EE7" w:rsidRDefault="00055462" w:rsidP="00513722">
+          <w:p w14:paraId="0CD877BE" w14:textId="77777777" w:rsidR="00055462" w:rsidRPr="00301EE7" w:rsidRDefault="00055462" w:rsidP="00513722">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
@@ -1306,455 +1232,462 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="437" w:type="dxa"/>
+            <w:tcW w:w="518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00055462" w:rsidRPr="00301EE7" w:rsidRDefault="00055462" w:rsidP="00513722">
+          <w:p w14:paraId="67765CA2" w14:textId="77777777" w:rsidR="00055462" w:rsidRPr="00301EE7" w:rsidRDefault="00055462" w:rsidP="00513722">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00055462" w:rsidRPr="00301EE7" w:rsidRDefault="00055462" w:rsidP="00513722">
+          <w:p w14:paraId="42CC9DED" w14:textId="77777777" w:rsidR="00055462" w:rsidRPr="00301EE7" w:rsidRDefault="00055462" w:rsidP="00513722">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Rank:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2790" w:type="dxa"/>
+            <w:tcW w:w="3309" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00055462" w:rsidRPr="00301EE7" w:rsidRDefault="006D5B20" w:rsidP="00513722">
+          <w:p w14:paraId="3ED3563A" w14:textId="77777777" w:rsidR="00055462" w:rsidRPr="00301EE7" w:rsidRDefault="00432080" w:rsidP="00513722">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Adjunct </w:t>
+            </w:r>
+            <w:r w:rsidR="006D5B20">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Instructor</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00055462" w:rsidRDefault="00055462" w:rsidP="00055462">
+    <w:p w14:paraId="2A8951B2" w14:textId="1782BCB6" w:rsidR="00055462" w:rsidRDefault="00055462" w:rsidP="00055462">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA36DB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="005630F4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="14"/>
         </w:rPr>
-        <w:t xml:space="preserve">     (as it appears on Social Security Card)</w:t>
+        <w:t xml:space="preserve">     </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="006D5B20">
+    <w:p w14:paraId="710FE111" w14:textId="77777777" w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="006D5B20">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10980" w:type="dxa"/>
         <w:tblInd w:w="-273" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3441"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="1350"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="1440"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="1260"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="1059"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006D5B20" w:rsidTr="006D5B20">
+      <w:tr w:rsidR="006D5B20" w14:paraId="317AEA18" w14:textId="77777777" w:rsidTr="006D5B20">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3441" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
+          <w:p w14:paraId="093A4D5A" w14:textId="77777777" w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
+          <w:p w14:paraId="1CB6390F" w14:textId="77777777" w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
+          <w:p w14:paraId="15B7B33E" w14:textId="77777777" w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>INDEX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
+          <w:p w14:paraId="43640D3E" w14:textId="77777777" w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
+          <w:p w14:paraId="705CD472" w14:textId="77777777" w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>FUND</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
+          <w:p w14:paraId="344EF9D9" w14:textId="77777777" w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
+          <w:p w14:paraId="54D3CAFA" w14:textId="77777777" w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ORG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
+          <w:p w14:paraId="5C1ECE28" w14:textId="77777777" w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
+          <w:p w14:paraId="24D7BF9B" w14:textId="77777777" w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PROG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
+          <w:p w14:paraId="03DE6671" w14:textId="77777777" w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
+          <w:p w14:paraId="060CBB52" w14:textId="77777777" w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Amount</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D5B20" w:rsidTr="006D5B20">
+      <w:tr w:rsidR="006D5B20" w14:paraId="320CB4F9" w14:textId="77777777" w:rsidTr="006D5B20">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3441" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
+          <w:p w14:paraId="53736220" w14:textId="77777777" w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Banner Account #1:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
+          <w:p w14:paraId="0C884370" w14:textId="77777777" w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
+          <w:p w14:paraId="628FE30C" w14:textId="77777777" w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
@@ -1809,68 +1742,68 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
+          <w:p w14:paraId="45062883" w14:textId="77777777" w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
+          <w:p w14:paraId="184D0BAC" w14:textId="77777777" w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -1924,67 +1857,67 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
+          <w:p w14:paraId="5EC59668" w14:textId="77777777" w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
+          <w:p w14:paraId="5D27F436" w14:textId="77777777" w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
@@ -2039,67 +1972,67 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
+          <w:p w14:paraId="60D0B30D" w14:textId="77777777" w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
+          <w:p w14:paraId="4171E818" w14:textId="77777777" w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -2153,67 +2086,67 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
+          <w:p w14:paraId="49E1A98C" w14:textId="77777777" w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1059" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
+          <w:p w14:paraId="71324EFA" w14:textId="77777777" w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -2263,114 +2196,114 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D5B20" w:rsidTr="006D5B20">
+      <w:tr w:rsidR="006D5B20" w14:paraId="00B843F3" w14:textId="77777777" w:rsidTr="006D5B20">
         <w:trPr>
           <w:trHeight w:val="179"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3441" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
+          <w:p w14:paraId="2C877A84" w14:textId="77777777" w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Banner Account #2 </w:t>
             </w:r>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(if applicable)</w:t>
             </w:r>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
+          <w:p w14:paraId="6473ED6C" w14:textId="77777777" w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
+          <w:p w14:paraId="4E682F69" w14:textId="77777777" w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
@@ -2425,68 +2358,68 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
+          <w:p w14:paraId="0DEFAD8F" w14:textId="77777777" w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
+          <w:p w14:paraId="3EE1F555" w14:textId="77777777" w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -2540,68 +2473,68 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
+          <w:p w14:paraId="7D8D820F" w14:textId="77777777" w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
+          <w:p w14:paraId="38C384E4" w14:textId="77777777" w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
@@ -2656,68 +2589,68 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
+          <w:p w14:paraId="3FCDFA04" w14:textId="77777777" w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
+          <w:p w14:paraId="5BFD4777" w14:textId="77777777" w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
@@ -2772,68 +2705,68 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
+          <w:p w14:paraId="1EAB7C2B" w14:textId="77777777" w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1059" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
+          <w:p w14:paraId="33C75297" w14:textId="77777777" w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="00C861F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
@@ -2885,307 +2818,307 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006D5B20">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006D5B20" w:rsidRPr="00301EE7" w:rsidRDefault="006D5B20" w:rsidP="006D5B20">
+    <w:p w14:paraId="381373A1" w14:textId="77777777" w:rsidR="006D5B20" w:rsidRPr="00301EE7" w:rsidRDefault="006D5B20" w:rsidP="006D5B20">
       <w:pPr>
         <w:ind w:left="-180" w:right="-198"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="12"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10985" w:type="dxa"/>
         <w:tblInd w:w="-275" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="899"/>
         <w:gridCol w:w="235"/>
         <w:gridCol w:w="574"/>
         <w:gridCol w:w="1170"/>
         <w:gridCol w:w="236"/>
         <w:gridCol w:w="1569"/>
         <w:gridCol w:w="236"/>
         <w:gridCol w:w="393"/>
         <w:gridCol w:w="1083"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="4320"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C108E4" w:rsidTr="00301EE7">
+      <w:tr w:rsidR="00C108E4" w14:paraId="34D86A78" w14:textId="77777777" w:rsidTr="00301EE7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00055462">
+          <w:p w14:paraId="5D47C3BA" w14:textId="77777777" w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00055462">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3600"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Degree</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00055462">
+          <w:p w14:paraId="252C8C84" w14:textId="77777777" w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00055462">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3600"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3549" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00055462">
+          <w:p w14:paraId="3917648B" w14:textId="77777777" w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00055462">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3600"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Major</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00055462">
+          <w:p w14:paraId="5178F200" w14:textId="77777777" w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00055462">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3600"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1476" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00301EE7">
+          <w:p w14:paraId="27E8CB1C" w14:textId="77777777" w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00301EE7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3600"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
             <w:r w:rsidR="00301EE7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>(mm/yyyy)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00055462">
+          <w:p w14:paraId="28C4B43C" w14:textId="77777777" w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00055462">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3600"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00055462">
+          <w:p w14:paraId="1D432B14" w14:textId="77777777" w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00055462">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3600"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Institution &amp; Location</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C108E4" w:rsidTr="00301EE7">
+      <w:tr w:rsidR="00C108E4" w14:paraId="4C42F91B" w14:textId="77777777" w:rsidTr="00301EE7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="899" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00055462">
+          <w:p w14:paraId="6D794D04" w14:textId="77777777" w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00055462">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3600"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00301EE7">
@@ -3250,75 +3183,75 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00055462">
+          <w:p w14:paraId="618C80F8" w14:textId="77777777" w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00055462">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3600"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3549" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00055462">
+          <w:p w14:paraId="663CA74C" w14:textId="77777777" w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00055462">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3600"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00301EE7">
@@ -3383,75 +3316,75 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00055462">
+          <w:p w14:paraId="3FEAFC74" w14:textId="77777777" w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00055462">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3600"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1476" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00055462">
+          <w:p w14:paraId="34E3D2EC" w14:textId="77777777" w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00055462">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3600"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00301EE7">
@@ -3516,74 +3449,74 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00055462">
+          <w:p w14:paraId="231F66FA" w14:textId="77777777" w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00055462">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3600"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00055462">
+          <w:p w14:paraId="06BE43FD" w14:textId="77777777" w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00055462">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3600"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00301EE7">
@@ -3638,116 +3571,116 @@
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C108E4" w:rsidRPr="00C108E4" w:rsidTr="00301EE7">
+      <w:tr w:rsidR="00C108E4" w:rsidRPr="00C108E4" w14:paraId="4FC8548E" w14:textId="77777777" w:rsidTr="00301EE7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1708" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00055462">
+          <w:p w14:paraId="405B637D" w14:textId="77777777" w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00055462">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3600"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00055462">
+          <w:p w14:paraId="0D0494B8" w14:textId="77777777" w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00055462">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3600"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Degree CIP Code:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00055462">
+          <w:p w14:paraId="03CA1650" w14:textId="77777777" w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00055462">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3600"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00055462">
+          <w:p w14:paraId="7AC6A8C4" w14:textId="77777777" w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00055462">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3600"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00301EE7">
@@ -3811,150 +3744,150 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00055462">
+          <w:p w14:paraId="32455FC4" w14:textId="77777777" w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00055462">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3600"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1805" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00055462">
+          <w:p w14:paraId="2A779FB9" w14:textId="77777777" w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00055462">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3600"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00055462">
+          <w:p w14:paraId="4A37348E" w14:textId="77777777" w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00055462">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3600"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CIP Title (Discipline):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00055462">
+          <w:p w14:paraId="42E7F5D7" w14:textId="77777777" w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00055462">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3600"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5673" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00055462">
+          <w:p w14:paraId="57CF132B" w14:textId="77777777" w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00055462">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3600"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00055462">
+          <w:p w14:paraId="3E1F3F33" w14:textId="77777777" w:rsidR="00C108E4" w:rsidRPr="00301EE7" w:rsidRDefault="00C108E4" w:rsidP="00055462">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3600"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00301EE7">
@@ -4010,64 +3943,64 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00301EE7">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00301EE7" w:rsidRPr="00301EE7" w:rsidRDefault="00301EE7" w:rsidP="00301EE7">
+    <w:p w14:paraId="53609AEF" w14:textId="77777777" w:rsidR="00301EE7" w:rsidRPr="00301EE7" w:rsidRDefault="00301EE7" w:rsidP="00301EE7">
       <w:pPr>
         <w:ind w:left="-360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="black"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00301EE7" w:rsidRPr="00AA7D53" w:rsidRDefault="00301EE7" w:rsidP="00301EE7">
+    <w:p w14:paraId="3C24AA60" w14:textId="77777777" w:rsidR="00301EE7" w:rsidRPr="00AA7D53" w:rsidRDefault="00301EE7" w:rsidP="00301EE7">
       <w:pPr>
         <w:ind w:left="-360"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA7D53">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA7D53">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -4152,130 +4085,154 @@
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA7D53">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA7D53">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA7D53">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00301EE7" w:rsidRPr="007C7E2E" w:rsidRDefault="00301EE7" w:rsidP="00055462">
+    <w:p w14:paraId="65A8FFC3" w14:textId="77777777" w:rsidR="00301EE7" w:rsidRPr="007C7E2E" w:rsidRDefault="00301EE7" w:rsidP="00055462">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10962" w:type="dxa"/>
+        <w:tblW w:w="12273" w:type="dxa"/>
         <w:tblInd w:w="-252" w:type="dxa"/>
         <w:tblBorders>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="826"/>
         <w:gridCol w:w="751"/>
         <w:gridCol w:w="918"/>
-        <w:gridCol w:w="457"/>
-        <w:gridCol w:w="350"/>
+        <w:gridCol w:w="807"/>
         <w:gridCol w:w="961"/>
         <w:gridCol w:w="1167"/>
         <w:gridCol w:w="2319"/>
         <w:gridCol w:w="1699"/>
         <w:gridCol w:w="1514"/>
+        <w:gridCol w:w="1311"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00867F7B" w:rsidRPr="004A2A4E" w:rsidTr="00AA7D53">
-[...3 lines deleted...]
-            <w:gridSpan w:val="4"/>
+      <w:tr w:rsidR="00867F7B" w:rsidRPr="004A2A4E" w14:paraId="0C7A9004" w14:textId="77777777" w:rsidTr="00432080">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4263" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00867F7B" w:rsidRPr="00AA7D53" w:rsidRDefault="00867F7B" w:rsidP="002E377E">
-            <w:pPr>
+          <w:p w14:paraId="1F68C258" w14:textId="77777777" w:rsidR="00867F7B" w:rsidRPr="00AA7D53" w:rsidRDefault="00867F7B" w:rsidP="00432080">
+            <w:pPr>
+              <w:ind w:right="-913"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="black"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA7D53">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="black"/>
               </w:rPr>
-              <w:t xml:space="preserve">Teaching request &amp; justification:      </w:t>
+              <w:t>Teaching request &amp; justification</w:t>
+            </w:r>
+            <w:r w:rsidR="00432080">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="black"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for appointment</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA7D53">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="black"/>
+              </w:rPr>
+              <w:t xml:space="preserve">:      </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8010" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00867F7B" w:rsidRPr="00AA7D53" w:rsidRDefault="00867F7B" w:rsidP="002E377E">
-            <w:pPr>
+          <w:p w14:paraId="10F47008" w14:textId="77777777" w:rsidR="00867F7B" w:rsidRPr="00AA7D53" w:rsidRDefault="00867F7B" w:rsidP="00432080">
+            <w:pPr>
+              <w:ind w:right="-913"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="black"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA7D53">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text77"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Complete justification"/>
                   <w:textInput>
                     <w:default w:val="Complete Justification"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
@@ -4323,386 +4280,393 @@
             </w:r>
             <w:r w:rsidRPr="00AA7D53">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AA7D53">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AA7D53">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F341B7" w:rsidRPr="004A2A4E" w:rsidTr="00867F7B">
+      <w:tr w:rsidR="00F341B7" w:rsidRPr="004A2A4E" w14:paraId="0388758D" w14:textId="77777777" w:rsidTr="00432080">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           </w:tblBorders>
         </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1311" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00306A45" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="54F3AA44" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00306A45" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306A45">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Subject Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00306A45" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="22D7D11D" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00306A45" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306A45">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Course #</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="918" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00306A45" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="4C7E1A47" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00306A45" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306A45">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CRN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="807" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00306A45" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="1CC30058" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00306A45" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306A45">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Cr. Hrs.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00306A45" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="7FF0EEAE" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00306A45" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306A45">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00306A45" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="59018AB0" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00306A45" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306A45">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Employed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1167" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00306A45" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="2B3256FC" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00306A45" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306A45">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Enrollment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2319" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00306A45" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="453FBB3E" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00306A45" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306A45">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Method</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1699" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00306A45" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="38FF0E1E" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00306A45" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306A45">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Part of Term</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1514" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00306A45" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="2BCD7183" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00306A45" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306A45">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Payment Amount</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F341B7" w:rsidRPr="004A2A4E" w:rsidTr="00867F7B">
+      <w:tr w:rsidR="00F341B7" w:rsidRPr="004A2A4E" w14:paraId="378A763F" w14:textId="77777777" w:rsidTr="00432080">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           </w:tblBorders>
         </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1311" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="2512563A" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text70"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
@@ -4752,51 +4716,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="4B82A4CB" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text39"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
@@ -4846,51 +4810,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="918" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="6DF8E2A6" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text40"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="8"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
@@ -4937,57 +4901,56 @@
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="807" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="001BF185" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text41"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
@@ -5037,51 +5000,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="4B0D2E7E" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text41"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
@@ -5138,51 +5101,51 @@
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1167" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="53BD73F0" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text42"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
@@ -5232,166 +5195,166 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2319" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="002366BA" w:rsidP="002E377E">
+          <w:p w14:paraId="26159016" w14:textId="3396BCF9" w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="001E59E3" w:rsidP="002E377E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="SELECT METHOD:"/>
                     <w:listEntry w:val="In Classroom Course (Traditional)"/>
                     <w:listEntry w:val="Hybrid Course"/>
                     <w:listEntry w:val="Online Course (WEB)"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="4" w:name="Dropdown13"/>
+            <w:bookmarkStart w:id="3" w:name="Dropdown13"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="4"/>
+            <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1699" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="002366BA" w:rsidP="002E377E">
+          <w:p w14:paraId="244563ED" w14:textId="0C2AC8EC" w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="001E59E3" w:rsidP="002E377E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="SELECT TERM:"/>
                     <w:listEntry w:val="Full Term"/>
-                    <w:listEntry w:val="1st Half Term"/>
-                    <w:listEntry w:val="2nd Half Term"/>
+                    <w:listEntry w:val="1st 8 Weeks"/>
+                    <w:listEntry w:val="2nd 8 Weeks"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="5" w:name="Dropdown10"/>
+            <w:bookmarkStart w:id="4" w:name="Dropdown10"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="5"/>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1514" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="15173CF6" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text45"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -5441,65 +5404,69 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F341B7" w:rsidRPr="004A2A4E" w:rsidTr="00301EE7">
+      <w:tr w:rsidR="00F341B7" w:rsidRPr="004A2A4E" w14:paraId="6BC34483" w14:textId="77777777" w:rsidTr="00432080">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           </w:tblBorders>
         </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1311" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="55E7104C" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text38"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
@@ -5551,51 +5518,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="751" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="1C692368" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text39"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
@@ -5647,51 +5614,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="918" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="0880008F" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text40"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="8"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
@@ -5743,54 +5710,53 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="807" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="31A23522" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text41"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
@@ -5842,51 +5808,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="961" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="36DD2242" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text41"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
@@ -5940,51 +5906,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1167" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="5C780DB3" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text42"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
@@ -6036,163 +6002,163 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2319" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="002366BA" w:rsidP="002E377E">
+          <w:p w14:paraId="04B27010" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="002366BA" w:rsidP="002E377E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="SELECT METHOD:"/>
                     <w:listEntry w:val="In Classroom Course (Traditional)"/>
                     <w:listEntry w:val="Hybrid Course"/>
                     <w:listEntry w:val="Online Course (WEB)"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="007770D7">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007770D7">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1699" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="4C81B5BB" w14:textId="3CD5558C" w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="001E59E3" w:rsidP="002E377E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="SELECT TERM:"/>
                     <w:listEntry w:val="Full Term"/>
-                    <w:listEntry w:val="1st Half Term"/>
-                    <w:listEntry w:val="2nd Half Term"/>
+                    <w:listEntry w:val="1st 8 Weeks"/>
+                    <w:listEntry w:val="2nd 8 Weeks"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="002366BA">
-[...11 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="2725AF4F" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text45"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -6242,65 +6208,69 @@
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F341B7" w:rsidRPr="004A2A4E" w:rsidTr="00301EE7">
+      <w:tr w:rsidR="00F341B7" w:rsidRPr="004A2A4E" w14:paraId="3EBE6751" w14:textId="77777777" w:rsidTr="00432080">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           </w:tblBorders>
         </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1311" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="3D283520" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text38"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
@@ -6352,51 +6322,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="751" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="4A8AD6E1" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text39"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
@@ -6448,51 +6418,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="918" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="4B624FCD" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text40"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="8"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
@@ -6544,54 +6514,53 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="807" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="159C520D" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text41"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
@@ -6643,51 +6612,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="961" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="290489C0" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text41"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
@@ -6741,51 +6710,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1167" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="2E255A1A" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text42"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
@@ -6837,163 +6806,163 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2319" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="002366BA" w:rsidP="002E377E">
+          <w:p w14:paraId="69FE58A1" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="002366BA" w:rsidP="002E377E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="SELECT METHOD:"/>
                     <w:listEntry w:val="In Classroom Course (Traditional)"/>
                     <w:listEntry w:val="Hybrid Course"/>
                     <w:listEntry w:val="Online Course (WEB)"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="007770D7">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007770D7">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1699" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="5D9B19BD" w14:textId="1CA21F81" w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="001E59E3" w:rsidP="002E377E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="SELECT TERM:"/>
                     <w:listEntry w:val="Full Term"/>
-                    <w:listEntry w:val="1st Half Term"/>
-                    <w:listEntry w:val="2nd Half Term"/>
+                    <w:listEntry w:val="1st 8 Weeks"/>
+                    <w:listEntry w:val="2nd 8 Weeks"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="002366BA">
-[...11 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="22374E2A" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text45"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -7048,65 +7017,69 @@
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F341B7" w:rsidRPr="004A2A4E" w:rsidTr="00301EE7">
+      <w:tr w:rsidR="00F341B7" w:rsidRPr="004A2A4E" w14:paraId="0134E082" w14:textId="77777777" w:rsidTr="00432080">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           </w:tblBorders>
         </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1311" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="298E61E6" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text38"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
@@ -7158,51 +7131,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="751" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="564E755E" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text39"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
@@ -7254,51 +7227,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="918" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="1AF97590" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text40"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="8"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
@@ -7350,54 +7323,53 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="807" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="6F1FC3B1" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text41"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
@@ -7449,51 +7421,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="961" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="30A347DA" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text41"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
@@ -7547,51 +7519,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1167" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="03083510" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text42"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
@@ -7643,163 +7615,163 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2319" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="002366BA" w:rsidP="002E377E">
+          <w:p w14:paraId="6CE8697F" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="002366BA" w:rsidP="002E377E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="SELECT METHOD:"/>
                     <w:listEntry w:val="In Classroom Course (Traditional)"/>
                     <w:listEntry w:val="Hybrid Course"/>
                     <w:listEntry w:val="Online Course (WEB)"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="007770D7">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007770D7">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1699" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="2B24204E" w14:textId="6EE6979D" w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="001E59E3" w:rsidP="002E377E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="SELECT TERM:"/>
                     <w:listEntry w:val="Full Term"/>
-                    <w:listEntry w:val="1st Half Term"/>
-                    <w:listEntry w:val="2nd Half Term"/>
+                    <w:listEntry w:val="1st 8 Weeks"/>
+                    <w:listEntry w:val="2nd 8 Weeks"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="002366BA">
-[...11 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="23F821C9" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text45"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -7854,68 +7826,70 @@
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F341B7" w:rsidRPr="004A2A4E" w:rsidTr="00301EE7">
+      <w:tr w:rsidR="00F341B7" w:rsidRPr="004A2A4E" w14:paraId="1790388F" w14:textId="77777777" w:rsidTr="00432080">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1311" w:type="dxa"/>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="64958F73" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text38"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
@@ -7967,51 +7941,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="751" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="58AD1FC5" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text39"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
@@ -8063,51 +8037,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="918" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="04A8AA94" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text40"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="8"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
@@ -8159,54 +8133,53 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="807" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="55A4935B" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text41"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
@@ -8258,51 +8231,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="961" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="25B5EE9D" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text41"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
@@ -8356,51 +8329,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1167" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="4F8FCDBB" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text42"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
@@ -8452,163 +8425,163 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2319" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="002366BA" w:rsidP="002E377E">
+          <w:p w14:paraId="5AD470D3" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="002366BA" w:rsidP="002E377E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="SELECT METHOD:"/>
                     <w:listEntry w:val="In Classroom Course (Traditional)"/>
                     <w:listEntry w:val="Hybrid Course"/>
                     <w:listEntry w:val="Online Course (WEB)"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="007770D7">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007770D7">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1699" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="22F92C17" w14:textId="522962F9" w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="001E59E3" w:rsidP="002E377E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="SELECT TERM:"/>
                     <w:listEntry w:val="Full Term"/>
-                    <w:listEntry w:val="1st Half Term"/>
-                    <w:listEntry w:val="2nd Half Term"/>
+                    <w:listEntry w:val="1st 8 Weeks"/>
+                    <w:listEntry w:val="2nd 8 Weeks"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="002366BA">
-[...11 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
+          <w:p w14:paraId="4C1D353D" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="00F81584" w:rsidRDefault="00F341B7" w:rsidP="002E377E">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text45"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -8664,460 +8637,478 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F341B7" w:rsidRPr="007C7E2E" w:rsidRDefault="00F341B7" w:rsidP="00F341B7">
+    <w:p w14:paraId="12D67FCC" w14:textId="77777777" w:rsidR="00F341B7" w:rsidRPr="007C7E2E" w:rsidRDefault="00F341B7" w:rsidP="00F341B7">
       <w:pPr>
         <w:ind w:left="-360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="black"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11193" w:type="dxa"/>
         <w:tblInd w:w="-252" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="522"/>
         <w:gridCol w:w="3330"/>
         <w:gridCol w:w="3600"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="720"/>
         <w:gridCol w:w="540"/>
         <w:gridCol w:w="2031"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00055462" w:rsidRPr="00EB74E2" w:rsidTr="002366BA">
+      <w:tr w:rsidR="00055462" w:rsidRPr="00EB74E2" w14:paraId="14F24106" w14:textId="77777777" w:rsidTr="002366BA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7452" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00055462" w:rsidRPr="00867F7B" w:rsidRDefault="00055462" w:rsidP="00513722">
+          <w:p w14:paraId="49F17147" w14:textId="5DC8EA8E" w:rsidR="00055462" w:rsidRPr="00867F7B" w:rsidRDefault="00055462" w:rsidP="00513722">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3600"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00867F7B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Has more than one regular semester passed since applicant was last appointed?</w:t>
+              <w:t xml:space="preserve">Has more than one regular semester passed since </w:t>
+            </w:r>
+            <w:r w:rsidR="00A20932">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Instructor</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00867F7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> was last appointed?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00055462" w:rsidRPr="00867F7B" w:rsidRDefault="00055462" w:rsidP="00513722">
+          <w:p w14:paraId="4E938529" w14:textId="77777777" w:rsidR="00055462" w:rsidRPr="00867F7B" w:rsidRDefault="00055462" w:rsidP="00513722">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3600"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00867F7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00867F7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="002366BA">
-[...5 lines deleted...]
-            <w:r w:rsidR="002366BA">
+            <w:r w:rsidR="007770D7">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007770D7">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00867F7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00055462" w:rsidRPr="00867F7B" w:rsidRDefault="00055462" w:rsidP="00513722">
+          <w:p w14:paraId="0C6863F8" w14:textId="77777777" w:rsidR="00055462" w:rsidRPr="00867F7B" w:rsidRDefault="00055462" w:rsidP="00513722">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00867F7B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00055462" w:rsidRPr="00867F7B" w:rsidRDefault="00055462" w:rsidP="00513722">
+          <w:p w14:paraId="1BCFCE0E" w14:textId="77777777" w:rsidR="00055462" w:rsidRPr="00867F7B" w:rsidRDefault="00055462" w:rsidP="00513722">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3600"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00867F7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00867F7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="002366BA">
-[...5 lines deleted...]
-            <w:r w:rsidR="002366BA">
+            <w:r w:rsidR="007770D7">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007770D7">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00867F7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00055462" w:rsidRPr="00867F7B" w:rsidRDefault="00055462" w:rsidP="00513722">
+          <w:p w14:paraId="0E20A1F7" w14:textId="77777777" w:rsidR="00055462" w:rsidRPr="00867F7B" w:rsidRDefault="00055462" w:rsidP="00513722">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00867F7B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00055462" w:rsidRPr="00C2512E" w:rsidTr="002366BA">
+      <w:tr w:rsidR="00055462" w:rsidRPr="00C2512E" w14:paraId="3E1E66CA" w14:textId="77777777" w:rsidTr="002366BA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11193" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00055462" w:rsidRPr="00867F7B" w:rsidRDefault="00055462" w:rsidP="00F341B7">
+          <w:p w14:paraId="2CB530D0" w14:textId="2CF17965" w:rsidR="00055462" w:rsidRPr="00867F7B" w:rsidRDefault="00A20932" w:rsidP="00F341B7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3600"/>
               </w:tabs>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00867F7B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>If more than five years have passed since appointee has taught</w:t>
-[...35 lines deleted...]
-              <w:t>“Employment Recommendation for New Part-Time Faculty.”</w:t>
+              <w:t>Check with HR to check that Instructor is still listed as Active with ULM. If not, you will have to re-submit the Employment Recommendation for New Part-Time Faculty form.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00055462" w:rsidRPr="00EB74E2" w:rsidTr="002366BA">
+      <w:tr w:rsidR="00055462" w:rsidRPr="00EB74E2" w14:paraId="5E39DFD9" w14:textId="77777777" w:rsidTr="002366BA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3852" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00055462" w:rsidRPr="00867F7B" w:rsidRDefault="00055462" w:rsidP="00513722">
+          <w:p w14:paraId="2F5A3B4F" w14:textId="77777777" w:rsidR="00055462" w:rsidRPr="00867F7B" w:rsidRDefault="00055462" w:rsidP="00513722">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3600"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00055462" w:rsidRPr="00867F7B" w:rsidRDefault="00055462" w:rsidP="00513722">
+          <w:p w14:paraId="33A21D11" w14:textId="0490C73A" w:rsidR="00055462" w:rsidRPr="00867F7B" w:rsidRDefault="00055462" w:rsidP="00513722">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3600"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00867F7B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Last semester appointee taught for college:</w:t>
+              <w:t xml:space="preserve">Last semester </w:t>
+            </w:r>
+            <w:r w:rsidR="00A20932">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Instructor</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00867F7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> taught for </w:t>
+            </w:r>
+            <w:r w:rsidR="00A20932">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00867F7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ollege:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00055462" w:rsidRDefault="00055462" w:rsidP="00513722">
+          <w:p w14:paraId="6D41E712" w14:textId="77777777" w:rsidR="00055462" w:rsidRDefault="00055462" w:rsidP="00513722">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3600"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="6" w:name="Text74"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00867F7B" w:rsidRPr="00867F7B" w:rsidRDefault="00867F7B" w:rsidP="00513722">
+            <w:bookmarkStart w:id="5" w:name="Text74"/>
+          </w:p>
+          <w:p w14:paraId="144A8BD6" w14:textId="77777777" w:rsidR="00867F7B" w:rsidRPr="00867F7B" w:rsidRDefault="00867F7B" w:rsidP="00513722">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3600"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text41"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
@@ -9178,1990 +9169,2035 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81584">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00055462" w:rsidRPr="00867F7B" w:rsidRDefault="00055462" w:rsidP="00513722">
+          <w:p w14:paraId="0AE3529C" w14:textId="77777777" w:rsidR="00055462" w:rsidRPr="00867F7B" w:rsidRDefault="00055462" w:rsidP="00513722">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3600"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="6"/>
+        <w:bookmarkEnd w:id="5"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00055462" w:rsidRPr="00867F7B" w:rsidRDefault="00055462" w:rsidP="00513722">
+          <w:p w14:paraId="4DE4D12F" w14:textId="77777777" w:rsidR="00055462" w:rsidRPr="00867F7B" w:rsidRDefault="00055462" w:rsidP="00513722">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3600"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00055462" w:rsidRPr="00EB74E2" w:rsidTr="002366BA">
+      <w:tr w:rsidR="00055462" w:rsidRPr="00EB74E2" w14:paraId="69E536C3" w14:textId="77777777" w:rsidTr="002366BA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7452" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00055462" w:rsidRPr="00867F7B" w:rsidRDefault="00055462" w:rsidP="00513722">
+          <w:p w14:paraId="6D4D779F" w14:textId="77777777" w:rsidR="00055462" w:rsidRPr="00867F7B" w:rsidRDefault="00055462" w:rsidP="00513722">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3600"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006C3A64" w:rsidRPr="00867F7B" w:rsidRDefault="00055462" w:rsidP="00513722">
+          <w:p w14:paraId="4FF30F43" w14:textId="4512B425" w:rsidR="006C3A64" w:rsidRPr="00867F7B" w:rsidRDefault="00055462" w:rsidP="00513722">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3600"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00867F7B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Has appointee’s transcript changed from last appointment?</w:t>
+              <w:t xml:space="preserve">Has </w:t>
+            </w:r>
+            <w:r w:rsidR="00A20932">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Instructor’s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00867F7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> transcript changed from last appointment?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00055462" w:rsidRPr="00867F7B" w:rsidRDefault="00055462" w:rsidP="00513722">
+          <w:p w14:paraId="3A9D6AF6" w14:textId="77777777" w:rsidR="00055462" w:rsidRPr="00867F7B" w:rsidRDefault="00055462" w:rsidP="00513722">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3600"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00055462" w:rsidRPr="00867F7B" w:rsidRDefault="00055462" w:rsidP="00513722">
+          <w:p w14:paraId="441D2F3E" w14:textId="77777777" w:rsidR="00055462" w:rsidRPr="00867F7B" w:rsidRDefault="00055462" w:rsidP="00513722">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3600"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00867F7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="7" w:name="Check1"/>
+            <w:bookmarkStart w:id="6" w:name="Check1"/>
             <w:r w:rsidRPr="00867F7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="002366BA">
-[...5 lines deleted...]
-            <w:r w:rsidR="002366BA">
+            <w:r w:rsidR="007770D7">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007770D7">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00867F7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
+            <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00055462" w:rsidRPr="00867F7B" w:rsidRDefault="00055462" w:rsidP="00513722">
+          <w:p w14:paraId="2EAA2921" w14:textId="77777777" w:rsidR="00055462" w:rsidRPr="00867F7B" w:rsidRDefault="00055462" w:rsidP="00513722">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00055462" w:rsidRPr="00867F7B" w:rsidRDefault="00055462" w:rsidP="00513722">
+          <w:p w14:paraId="50F89507" w14:textId="77777777" w:rsidR="00055462" w:rsidRPr="00867F7B" w:rsidRDefault="00055462" w:rsidP="00513722">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00867F7B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00055462" w:rsidRPr="00867F7B" w:rsidRDefault="00055462" w:rsidP="00513722">
+          <w:p w14:paraId="6B7A16AA" w14:textId="77777777" w:rsidR="00055462" w:rsidRPr="00867F7B" w:rsidRDefault="00055462" w:rsidP="00513722">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3600"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00055462" w:rsidRPr="00867F7B" w:rsidRDefault="00055462" w:rsidP="00513722">
+          <w:p w14:paraId="45C471E4" w14:textId="77777777" w:rsidR="00055462" w:rsidRPr="00867F7B" w:rsidRDefault="00055462" w:rsidP="00513722">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3600"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00867F7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="Check2"/>
+            <w:bookmarkStart w:id="7" w:name="Check2"/>
             <w:r w:rsidRPr="00867F7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="002366BA">
-[...5 lines deleted...]
-            <w:r w:rsidR="002366BA">
+            <w:r w:rsidR="007770D7">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007770D7">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00867F7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="8"/>
+            <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00055462" w:rsidRPr="00867F7B" w:rsidRDefault="00055462" w:rsidP="00513722">
+          <w:p w14:paraId="1C5214AB" w14:textId="77777777" w:rsidR="00055462" w:rsidRPr="00867F7B" w:rsidRDefault="00055462" w:rsidP="00513722">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00055462" w:rsidRPr="00867F7B" w:rsidRDefault="00055462" w:rsidP="00513722">
+          <w:p w14:paraId="13EF999F" w14:textId="77777777" w:rsidR="00055462" w:rsidRPr="00867F7B" w:rsidRDefault="00055462" w:rsidP="00513722">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00867F7B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00055462" w:rsidRPr="00EB74E2" w:rsidTr="002366BA">
+      <w:tr w:rsidR="00055462" w:rsidRPr="00EB74E2" w14:paraId="60722F10" w14:textId="77777777" w:rsidTr="002366BA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11193" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00055462" w:rsidRPr="00867F7B" w:rsidRDefault="00055462" w:rsidP="00513722">
+          <w:p w14:paraId="1972B40E" w14:textId="77777777" w:rsidR="00055462" w:rsidRPr="00867F7B" w:rsidRDefault="00055462" w:rsidP="00513722">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3600"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00867F7B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If “Yes,” attach </w:t>
             </w:r>
             <w:r w:rsidRPr="00867F7B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>copy</w:t>
             </w:r>
             <w:r w:rsidRPr="00867F7B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> of updated official transcript with this request.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00055462" w:rsidRPr="00EB74E2" w:rsidTr="002366BA">
+      <w:tr w:rsidR="00055462" w:rsidRPr="00EB74E2" w14:paraId="3BA2A317" w14:textId="77777777" w:rsidTr="002366BA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11193" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00055462" w:rsidRPr="00AA7D53" w:rsidRDefault="00055462" w:rsidP="00513722">
+          <w:p w14:paraId="17845893" w14:textId="77777777" w:rsidR="00055462" w:rsidRPr="00AA7D53" w:rsidRDefault="00055462" w:rsidP="00513722">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3600"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00AB68A9" w:rsidRPr="00AA7D53" w:rsidRDefault="00AB68A9" w:rsidP="00513722">
+          <w:p w14:paraId="4B46B81F" w14:textId="77777777" w:rsidR="00AB68A9" w:rsidRPr="00AA7D53" w:rsidRDefault="00AB68A9" w:rsidP="00513722">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3600"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA7D53">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="black"/>
               </w:rPr>
               <w:t>To be completed by School/College</w:t>
             </w:r>
             <w:r w:rsidR="00867F7B" w:rsidRPr="00AA7D53">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="black"/>
               </w:rPr>
               <w:t xml:space="preserve"> if teaching appointment</w:t>
             </w:r>
             <w:r w:rsidRPr="00AA7D53">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="black"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00055462" w:rsidRPr="00AA7D53" w:rsidRDefault="00055462" w:rsidP="00513722">
+          <w:p w14:paraId="73126A5B" w14:textId="77777777" w:rsidR="00A833B4" w:rsidRDefault="00A833B4" w:rsidP="00A833B4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3600"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
-                <w:i/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AA7D53">
-[...67 lines deleted...]
-          <w:p w:rsidR="004E33F8" w:rsidRPr="00AA7D53" w:rsidRDefault="004E33F8" w:rsidP="00867F7B">
+          </w:p>
+          <w:p w14:paraId="248710E2" w14:textId="7718A235" w:rsidR="004E33F8" w:rsidRDefault="00055462" w:rsidP="00A833B4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3600"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-[...26 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
-                <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00533921" w:rsidRPr="00AA7D53">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA7D53">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
-                <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00867F7B" w:rsidRPr="00AA7D53">
+              </w:rPr>
+              <w:t xml:space="preserve">Does the </w:t>
+            </w:r>
+            <w:r w:rsidR="00A20932">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
-                <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00533921" w:rsidRPr="00AA7D53">
+              </w:rPr>
+              <w:t>Instructor</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA7D53">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
-                <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00867F7B" w:rsidRPr="00AA7D53">
+              </w:rPr>
+              <w:t xml:space="preserve"> meet SACSCOC qualifications for course(s) to be taught? </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA7D53">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
+                <w:i/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
-                <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00533921" w:rsidRPr="00AA7D53">
+              </w:rPr>
+              <w:t xml:space="preserve">Select </w:t>
+            </w:r>
+            <w:r w:rsidR="00F81D96" w:rsidRPr="00F56830">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
+                <w:i/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
-                <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00867F7B" w:rsidRPr="00AA7D53">
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>one</w:t>
+            </w:r>
+            <w:r w:rsidR="00F81D96" w:rsidRPr="00AA7D53">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
+                <w:i/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
-                <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00533921" w:rsidRPr="00AA7D53">
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A822DF" w:rsidRPr="00AA7D53">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
+                <w:i/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
-                <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00B77684" w:rsidRPr="00AA7D53">
+              </w:rPr>
+              <w:t xml:space="preserve">box </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA7D53">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>below:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C9F7043" w14:textId="77777777" w:rsidR="00A833B4" w:rsidRPr="00AA7D53" w:rsidRDefault="00A833B4" w:rsidP="00A833B4">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3600"/>
+              </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
-                <w:highlight w:val="yellow"/>
-[...32 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00306A45" w:rsidRPr="00854AC3" w:rsidTr="002366BA">
+      <w:tr w:rsidR="00306A45" w:rsidRPr="00854AC3" w14:paraId="3AE73CA2" w14:textId="77777777" w:rsidTr="002366BA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="522" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00306A45" w:rsidRPr="00867F7B" w:rsidRDefault="00306A45" w:rsidP="00306A45">
+          <w:p w14:paraId="695780CB" w14:textId="77777777" w:rsidR="00306A45" w:rsidRPr="00867F7B" w:rsidRDefault="00306A45" w:rsidP="00306A45">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00867F7B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00867F7B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="002366BA">
+            <w:r w:rsidR="007770D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002366BA">
+            <w:r w:rsidR="007770D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00867F7B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10671" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00306A45" w:rsidRPr="00AA7D53" w:rsidRDefault="00306A45" w:rsidP="00AA6F67">
+          <w:p w14:paraId="5CF4EAF9" w14:textId="77777777" w:rsidR="00A75B3B" w:rsidRPr="00AA7D53" w:rsidRDefault="00306A45" w:rsidP="00A75B3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA7D53">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes, the individual has a doctorate/terminal degree in the</w:t>
             </w:r>
             <w:r w:rsidRPr="00AA7D53">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> teaching discipline</w:t>
             </w:r>
             <w:r w:rsidRPr="00AA7D53">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A153E" w:rsidRPr="00854AC3" w:rsidTr="002366BA">
+      <w:tr w:rsidR="00A75B3B" w:rsidRPr="00854AC3" w14:paraId="78ECC549" w14:textId="77777777" w:rsidTr="002366BA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="522" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="006A153E" w:rsidRPr="00867F7B" w:rsidRDefault="006A153E" w:rsidP="006A153E">
+          <w:p w14:paraId="540DD516" w14:textId="77777777" w:rsidR="00A75B3B" w:rsidRPr="00867F7B" w:rsidRDefault="00A75B3B" w:rsidP="006A153E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00867F7B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00867F7B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="002366BA">
+            <w:r w:rsidR="007770D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002366BA">
+            <w:r w:rsidR="007770D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00867F7B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10671" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="006A153E" w:rsidRPr="00AA7D53" w:rsidRDefault="006A153E" w:rsidP="00A822DF">
+          <w:p w14:paraId="31B49CB6" w14:textId="77777777" w:rsidR="00A75B3B" w:rsidRPr="00A75B3B" w:rsidRDefault="00A75B3B" w:rsidP="00A822DF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AA7D53">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Yes, the individual is teaching undergraduate level courses and has a master’s degree in the </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00AA7D53">
+              <w:t xml:space="preserve">Yes, a </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Justification of Faculty Qualifications</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
-                <w:u w:val="single"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00AA7D53">
+              </w:rPr>
+              <w:t xml:space="preserve"> form was previously approved for the request</w:t>
+            </w:r>
+            <w:r w:rsidR="00895D91">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> or master’s degree with a concentration in the </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0058631C">
+              <w:t>ed</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
-                <w:u w:val="single"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> course(s) and a copy is attached.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A153E" w:rsidRPr="00854AC3" w:rsidTr="002366BA">
+      <w:tr w:rsidR="006A153E" w:rsidRPr="00854AC3" w14:paraId="238E9D36" w14:textId="77777777" w:rsidTr="002366BA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="522" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="006A153E" w:rsidRPr="00867F7B" w:rsidRDefault="006A153E" w:rsidP="006A153E">
+          <w:p w14:paraId="2E597330" w14:textId="77777777" w:rsidR="006A153E" w:rsidRPr="00867F7B" w:rsidRDefault="006A153E" w:rsidP="006A153E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00867F7B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00867F7B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="002366BA">
+            <w:r w:rsidR="007770D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002366BA">
+            <w:r w:rsidR="007770D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00867F7B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10671" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="006A153E" w:rsidRPr="00AA7D53" w:rsidRDefault="006A153E" w:rsidP="0058631C">
+          <w:p w14:paraId="38A4C10B" w14:textId="77777777" w:rsidR="006A153E" w:rsidRPr="00AA7D53" w:rsidRDefault="006A153E" w:rsidP="00A822DF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA7D53">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Yes, the individual is teaching </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00867F7B" w:rsidRPr="00AA7D53">
+              <w:t xml:space="preserve">Yes, the individual is teaching undergraduate level courses and has a master’s degree in the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA7D53">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-              <w:t xml:space="preserve">undergraduate or </w:t>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>teaching discipline</w:t>
             </w:r>
             <w:r w:rsidRPr="00AA7D53">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">graduate level courses and has a master’s </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00867F7B" w:rsidRPr="00AA7D53">
+              <w:t xml:space="preserve"> or master’s degree with a concentration in the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0058631C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-              <w:t xml:space="preserve">or doctorate degree </w:t>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>teaching discipline</w:t>
             </w:r>
             <w:r w:rsidRPr="00AA7D53">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">and/or either appropriate professional experience or appropriate certification/licensure in the </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00AA7D53">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA6F67" w:rsidRPr="00AA7D53">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
-                <w:u w:val="single"/>
-[...53 lines deleted...]
-              <w:t xml:space="preserve"> form is attached.</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A153E" w:rsidRPr="00854AC3" w:rsidTr="002366BA">
+      <w:tr w:rsidR="006A153E" w:rsidRPr="00854AC3" w14:paraId="4F5D0CCB" w14:textId="77777777" w:rsidTr="002366BA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="522" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="006A153E" w:rsidRPr="00867F7B" w:rsidRDefault="006A153E" w:rsidP="006A153E">
+          <w:p w14:paraId="3131EEC5" w14:textId="77777777" w:rsidR="006A153E" w:rsidRPr="00867F7B" w:rsidRDefault="006A153E" w:rsidP="006A153E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00867F7B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00867F7B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="002366BA">
+            <w:r w:rsidR="007770D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002366BA">
+            <w:r w:rsidR="007770D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00867F7B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10671" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="006A153E" w:rsidRPr="00AA7D53" w:rsidRDefault="006A153E" w:rsidP="006A153E">
+          <w:p w14:paraId="63A1C059" w14:textId="77777777" w:rsidR="006A153E" w:rsidRPr="00AA7D53" w:rsidRDefault="006A153E" w:rsidP="0058631C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA7D53">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Yes, the individual is teach</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="009D4A8A" w:rsidRPr="00AA7D53">
+              <w:t xml:space="preserve">Yes, the individual is teaching </w:t>
+            </w:r>
+            <w:r w:rsidR="00867F7B" w:rsidRPr="00AA7D53">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">ing undergraduate or graduate level courses </w:t>
+              <w:t xml:space="preserve">undergraduate or </w:t>
             </w:r>
             <w:r w:rsidRPr="00AA7D53">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:t xml:space="preserve">graduate level courses and has a master’s </w:t>
+            </w:r>
+            <w:r w:rsidR="00867F7B" w:rsidRPr="00AA7D53">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">or doctorate degree </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA7D53">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and/or either appropriate professional experience or appropriate certification/licensure in the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA7D53">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>teaching discipline</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA7D53">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.  </w:t>
+            </w:r>
+            <w:r w:rsidR="00A75B3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A </w:t>
+            </w:r>
+            <w:r w:rsidR="009964ED" w:rsidRPr="00AA7D53">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>J</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA7D53">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ustification of Faculty Qualifications</w:t>
+            </w:r>
+            <w:r w:rsidR="00A75B3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A75B3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>form and supporting documentation is attached.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A153E" w:rsidRPr="00854AC3" w14:paraId="6EC3F9EA" w14:textId="77777777" w:rsidTr="002366BA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FC0A841" w14:textId="77777777" w:rsidR="006A153E" w:rsidRPr="00867F7B" w:rsidRDefault="006A153E" w:rsidP="006A153E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00867F7B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00867F7B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidR="007770D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007770D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00867F7B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10671" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D039DA7" w14:textId="77777777" w:rsidR="006A153E" w:rsidRPr="00AA7D53" w:rsidRDefault="006A153E" w:rsidP="006A153E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA7D53">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes, the individual is teach</w:t>
+            </w:r>
+            <w:r w:rsidR="009D4A8A" w:rsidRPr="00AA7D53">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ing undergraduate or graduate level courses </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA7D53">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t xml:space="preserve">and has </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AA7D53">
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="004F66DC">
+              <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AA7D53">
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="004F66DC">
+              <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AA7D53">
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="004F66DC">
+              <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00AA7D53">
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="004F66DC">
+              <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00AA7D53">
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="004F66DC">
+              <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AA7D53">
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="004F66DC">
+              <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AA7D53">
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="004F66DC">
+              <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AA7D53">
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="004F66DC">
+              <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AA7D53">
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="004F66DC">
+              <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AA7D53">
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="004F66DC">
+              <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00AA7D53">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AA7D53">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">hours of graduate coursework and/or either appropriate professional experience or appropriate certification/licensure in the </w:t>
             </w:r>
             <w:r w:rsidRPr="00AA7D53">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>teaching discipline</w:t>
             </w:r>
             <w:r w:rsidRPr="00AA7D53">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">.  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AA7D53">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="002956A7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
-            <w:r w:rsidR="009964ED" w:rsidRPr="00AA7D53">
-[...19 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="004F66DC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AA7D53">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Justification of Faculty Qualifications</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AA7D53">
+            <w:r w:rsidR="002956A7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> form </w:t>
-[...15 lines deleted...]
-              <w:t>.</w:t>
+              <w:t xml:space="preserve"> form and supporting documentation is attached.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00055462" w:rsidRPr="00B77684" w:rsidRDefault="00055462" w:rsidP="00055462">
+    <w:p w14:paraId="6F577593" w14:textId="77777777" w:rsidR="00055462" w:rsidRPr="00B77684" w:rsidRDefault="00055462" w:rsidP="00055462">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Andalus"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10980" w:type="dxa"/>
         <w:tblInd w:w="-360" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1888"/>
         <w:gridCol w:w="5011"/>
         <w:gridCol w:w="819"/>
         <w:gridCol w:w="3262"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00055462" w:rsidRPr="00BA36DB" w:rsidTr="00513722">
+      <w:tr w:rsidR="00055462" w:rsidRPr="00BA36DB" w14:paraId="6B6BE7F7" w14:textId="77777777" w:rsidTr="00513722">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1888" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00055462" w:rsidRPr="00BA36DB" w:rsidRDefault="00055462" w:rsidP="00513722">
+          <w:p w14:paraId="09467414" w14:textId="77777777" w:rsidR="00055462" w:rsidRPr="00BA36DB" w:rsidRDefault="00055462" w:rsidP="00513722">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00055462" w:rsidRPr="00BA36DB" w:rsidRDefault="00055462" w:rsidP="00513722">
+          <w:p w14:paraId="6EDFD77D" w14:textId="77777777" w:rsidR="00055462" w:rsidRPr="00BA36DB" w:rsidRDefault="00055462" w:rsidP="00513722">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA36DB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dean’s Approval</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5011" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00055462" w:rsidRPr="00BA36DB" w:rsidRDefault="00055462" w:rsidP="00513722">
+          <w:p w14:paraId="1C5AC768" w14:textId="77777777" w:rsidR="00055462" w:rsidRPr="00BA36DB" w:rsidRDefault="00055462" w:rsidP="00513722">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="819" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00055462" w:rsidRPr="00BA36DB" w:rsidRDefault="00055462" w:rsidP="00513722">
+          <w:p w14:paraId="61A090F5" w14:textId="77777777" w:rsidR="00055462" w:rsidRPr="00BA36DB" w:rsidRDefault="00055462" w:rsidP="00513722">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00055462" w:rsidRPr="00BA36DB" w:rsidRDefault="00055462" w:rsidP="00513722">
+          <w:p w14:paraId="67E5FF56" w14:textId="77777777" w:rsidR="00055462" w:rsidRPr="00BA36DB" w:rsidRDefault="00055462" w:rsidP="00513722">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3262" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00055462" w:rsidRPr="00177154" w:rsidRDefault="00055462" w:rsidP="00513722">
+          <w:p w14:paraId="7D817B80" w14:textId="77777777" w:rsidR="00055462" w:rsidRPr="00177154" w:rsidRDefault="00055462" w:rsidP="00513722">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AA6F67" w:rsidRDefault="00AA6F67"/>
-[...2 lines deleted...]
-    <w:p w:rsidR="006D5B20" w:rsidRDefault="00AA6F67" w:rsidP="00AA6F67">
+    <w:p w14:paraId="25AEE259" w14:textId="77777777" w:rsidR="002366BA" w:rsidRDefault="006D5B20" w:rsidP="0007799F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9590"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D5B20" w:rsidRPr="006D5B20" w:rsidRDefault="006D5B20" w:rsidP="006D5B20"/>
-    <w:p w:rsidR="002366BA" w:rsidRDefault="006D5B20" w:rsidP="006D5B20">
+    <w:p w14:paraId="412E2E4C" w14:textId="77777777" w:rsidR="00432080" w:rsidRDefault="00432080" w:rsidP="002366BA">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23B2FBC4" w14:textId="1FE4E4F9" w:rsidR="00381FD0" w:rsidRDefault="00432080" w:rsidP="00432080">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="9810"/>
+          <w:tab w:val="left" w:pos="9706"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00381FD0" w:rsidRPr="002366BA" w:rsidRDefault="00381FD0" w:rsidP="002366BA">
+    <w:p w14:paraId="2B30E259" w14:textId="0D684B86" w:rsidR="001E59E3" w:rsidRPr="001E59E3" w:rsidRDefault="001E59E3" w:rsidP="001E59E3"/>
+    <w:p w14:paraId="75260953" w14:textId="4F40B774" w:rsidR="001E59E3" w:rsidRPr="001E59E3" w:rsidRDefault="001E59E3" w:rsidP="001E59E3"/>
+    <w:p w14:paraId="00CAB230" w14:textId="77777777" w:rsidR="001E59E3" w:rsidRPr="001E59E3" w:rsidRDefault="001E59E3" w:rsidP="001E59E3">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00381FD0" w:rsidRPr="002366BA" w:rsidSect="00306A45">
+    <w:sectPr w:rsidR="001E59E3" w:rsidRPr="001E59E3" w:rsidSect="00306A45">
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="432" w:right="864" w:bottom="432" w:left="864" w:header="720" w:footer="360" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00CD203D" w:rsidRDefault="00DC4BF0">
+    <w:p w14:paraId="6450CD15" w14:textId="77777777" w:rsidR="00CD203D" w:rsidRDefault="00DC4BF0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00CD203D" w:rsidRDefault="00DC4BF0">
+    <w:p w14:paraId="310A9D4E" w14:textId="77777777" w:rsidR="00CD203D" w:rsidRDefault="00DC4BF0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Andalus">
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00104DB6" w:rsidRPr="00085D3A" w:rsidRDefault="00D36E13" w:rsidP="004F73C4">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="108A249A" w14:textId="387F641D" w:rsidR="00104DB6" w:rsidRPr="00D51D37" w:rsidRDefault="00D36E13" w:rsidP="005C174F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
-        <w:sz w:val="16"/>
+        <w:sz w:val="20"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00D51D37">
       <w:rPr>
-        <w:sz w:val="16"/>
+        <w:sz w:val="20"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">Revised </w:t>
     </w:r>
-    <w:r w:rsidR="002366BA">
+    <w:r w:rsidR="001E59E3">
       <w:rPr>
-        <w:sz w:val="16"/>
+        <w:sz w:val="20"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>8/17/2022</w:t>
+      <w:t>02</w:t>
     </w:r>
-    <w:r w:rsidR="00034164">
+    <w:r w:rsidR="00432080" w:rsidRPr="00D51D37">
       <w:rPr>
-        <w:sz w:val="16"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="14"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>/</w:t>
+    </w:r>
+    <w:r w:rsidR="001E59E3">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="14"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>02</w:t>
+    </w:r>
+    <w:r w:rsidR="00432080" w:rsidRPr="00D51D37">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="14"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>/202</w:t>
+    </w:r>
+    <w:r w:rsidR="001E59E3">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="14"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r w:rsidR="00034164" w:rsidRPr="00D51D37">
+      <w:rPr>
+        <w:sz w:val="20"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="00D86B86" w:rsidRPr="00085D3A">
+    <w:r w:rsidR="00D86B86" w:rsidRPr="00D51D37">
       <w:rPr>
-        <w:sz w:val="16"/>
+        <w:sz w:val="20"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>AA</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00CD203D" w:rsidRDefault="00DC4BF0">
+    <w:p w14:paraId="24716619" w14:textId="77777777" w:rsidR="00CD203D" w:rsidRDefault="00DC4BF0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00CD203D" w:rsidRDefault="00DC4BF0">
+    <w:p w14:paraId="50BD9B5A" w14:textId="77777777" w:rsidR="00CD203D" w:rsidRDefault="00DC4BF0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="OrpPm73vQ3+NHetv1qNLF0Rc0UuuaYFcgh/kPr7akZSSMGHjtnrbCDUWs+tUeH4JQ8XXcu57zYPD7jiE49IQNA==" w:salt="gbzelY7wGV1SjaIaof8fZg=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="2UHGTq+QWSg8db1mErlLleQjG/lW84aZhSKKuRnxlGQB0PZdXhdXqFHxkic94lGTfCxw/BxtZu+TcWmgng51QA==" w:salt="ramXGC4CI5XXVyqanPftOQ=="/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:drawingGridVerticalSpacing w:val="299"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="83969"/>
+    <o:shapedefaults v:ext="edit" spidmax="106497"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00055462"/>
     <w:rsid w:val="00034164"/>
     <w:rsid w:val="00055462"/>
     <w:rsid w:val="0006447E"/>
+    <w:rsid w:val="0007799F"/>
     <w:rsid w:val="00085D3A"/>
     <w:rsid w:val="00091F8A"/>
     <w:rsid w:val="00095B7B"/>
+    <w:rsid w:val="001363AD"/>
     <w:rsid w:val="00140F45"/>
     <w:rsid w:val="00152AFF"/>
     <w:rsid w:val="001C1C07"/>
     <w:rsid w:val="001E2809"/>
+    <w:rsid w:val="001E59E3"/>
     <w:rsid w:val="00204A60"/>
     <w:rsid w:val="00206ACF"/>
     <w:rsid w:val="002366BA"/>
+    <w:rsid w:val="002956A7"/>
     <w:rsid w:val="00297ED4"/>
+    <w:rsid w:val="002E7584"/>
     <w:rsid w:val="00301EE7"/>
     <w:rsid w:val="00306A45"/>
     <w:rsid w:val="00381FD0"/>
     <w:rsid w:val="00384A6C"/>
     <w:rsid w:val="003D0FDF"/>
     <w:rsid w:val="00421839"/>
+    <w:rsid w:val="00432080"/>
     <w:rsid w:val="004931CA"/>
     <w:rsid w:val="004E33F8"/>
+    <w:rsid w:val="004F66DC"/>
     <w:rsid w:val="0050438B"/>
     <w:rsid w:val="00533921"/>
     <w:rsid w:val="0058631C"/>
     <w:rsid w:val="005B1B48"/>
+    <w:rsid w:val="005C174F"/>
+    <w:rsid w:val="00643EC4"/>
     <w:rsid w:val="00690CDE"/>
     <w:rsid w:val="006A153E"/>
     <w:rsid w:val="006C3A64"/>
     <w:rsid w:val="006C7AA7"/>
     <w:rsid w:val="006D5B20"/>
     <w:rsid w:val="006F7B90"/>
     <w:rsid w:val="0074195B"/>
     <w:rsid w:val="00743183"/>
+    <w:rsid w:val="0076689C"/>
+    <w:rsid w:val="007770D7"/>
     <w:rsid w:val="007909CF"/>
     <w:rsid w:val="007C1FF2"/>
     <w:rsid w:val="007C52A4"/>
     <w:rsid w:val="007C7E2E"/>
+    <w:rsid w:val="00801F03"/>
     <w:rsid w:val="00867F7B"/>
     <w:rsid w:val="0088043E"/>
+    <w:rsid w:val="00895D91"/>
     <w:rsid w:val="008B10CD"/>
     <w:rsid w:val="008B5612"/>
     <w:rsid w:val="008D2D72"/>
     <w:rsid w:val="008D6712"/>
     <w:rsid w:val="008E3D75"/>
     <w:rsid w:val="00930758"/>
     <w:rsid w:val="009532AA"/>
     <w:rsid w:val="00973F89"/>
     <w:rsid w:val="009964ED"/>
     <w:rsid w:val="009C77D6"/>
     <w:rsid w:val="009D4A8A"/>
     <w:rsid w:val="009E0985"/>
     <w:rsid w:val="009F39D8"/>
+    <w:rsid w:val="00A20932"/>
     <w:rsid w:val="00A458C8"/>
+    <w:rsid w:val="00A75B3B"/>
     <w:rsid w:val="00A822DF"/>
+    <w:rsid w:val="00A833B4"/>
     <w:rsid w:val="00A83469"/>
     <w:rsid w:val="00AA6F67"/>
     <w:rsid w:val="00AA7D53"/>
     <w:rsid w:val="00AB68A9"/>
     <w:rsid w:val="00B01E18"/>
     <w:rsid w:val="00B30F3E"/>
     <w:rsid w:val="00B37E68"/>
     <w:rsid w:val="00B77684"/>
     <w:rsid w:val="00BC2912"/>
     <w:rsid w:val="00BD35D1"/>
     <w:rsid w:val="00C108E4"/>
     <w:rsid w:val="00C66F73"/>
     <w:rsid w:val="00CD203D"/>
     <w:rsid w:val="00D00C8A"/>
     <w:rsid w:val="00D12AB9"/>
     <w:rsid w:val="00D36E13"/>
+    <w:rsid w:val="00D51D37"/>
     <w:rsid w:val="00D83514"/>
     <w:rsid w:val="00D86B86"/>
     <w:rsid w:val="00DC4BF0"/>
     <w:rsid w:val="00DE7DD9"/>
     <w:rsid w:val="00DF6839"/>
     <w:rsid w:val="00E3096C"/>
     <w:rsid w:val="00EB6DFE"/>
     <w:rsid w:val="00EC0B2E"/>
     <w:rsid w:val="00F341B7"/>
     <w:rsid w:val="00F5022A"/>
+    <w:rsid w:val="00F56830"/>
     <w:rsid w:val="00F73440"/>
     <w:rsid w:val="00F81D96"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="83969"/>
+    <o:shapedefaults v:ext="edit" spidmax="106497"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="4867245C"/>
+  <w14:docId w14:val="1C1720B2"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{B70FFF17-C143-4277-93BF-76CC2EEB4F1D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -11223,95 +11259,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -11490,50 +11529,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00055462"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
@@ -11672,51 +11712,51 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00055462"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BC2912"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -11952,82 +11992,82 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0C8239A0-F0C7-4A9A-B175-7C940CA3545E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CBABFD71-5D93-42C1-9B79-B85EA4E1B134}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>635</Words>
-  <Characters>3622</Characters>
+  <Words>615</Words>
+  <Characters>3509</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>30</Lines>
+  <Lines>29</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4249</CharactersWithSpaces>
+  <CharactersWithSpaces>4116</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Madelaine Lanham</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>