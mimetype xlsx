--- v0 (2025-10-07)
+++ v1 (2026-01-15)
@@ -1,81 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27628"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\aWorkFiles\Controller\forms\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{11643988-7EC6-415F-ACE2-EBDD5F395145}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{866E2C08-63FB-4AC1-80EE-BBAE38EC19F1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{C197DAD2-AAFD-4C07-99D5-FD8436DB005E}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="179" xr2:uid="{C197DAD2-AAFD-4C07-99D5-FD8436DB005E}"/>
   </bookViews>
   <sheets>
     <sheet name="Detail Code Request" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Detail Code Request'!$A$1:$L$51</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D15" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="65" uniqueCount="63">
   <si>
     <t>Detail Code Request Form</t>
   </si>
   <si>
     <t>Student Account Services</t>
   </si>
   <si>
     <t>Requestor Information</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
@@ -243,51 +246,51 @@
     <t>Future Effective Date:</t>
   </si>
   <si>
     <t>ASAP</t>
   </si>
   <si>
     <t>(Please allow minimum of 7 working days to complete request.)</t>
   </si>
   <si>
     <t>This is a protected form to prevent unintentional formatting.  User can use tab to move between available fields.</t>
   </si>
   <si>
     <t xml:space="preserve"> &lt; Choose from list</t>
   </si>
   <si>
     <t>General Accounting/Banner Finance Information</t>
   </si>
   <si>
     <t>Future &amp; Other Term</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="8" x14ac:knownFonts="1">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Maiandra GD"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri Light"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri Light"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
@@ -299,50 +302,65 @@
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri Light"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri Light"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color theme="1"/>
       <name val="Calibri Light"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <sz val="14"/>
+      <color theme="1"/>
+      <name val="Calibri Light"/>
+      <family val="2"/>
+      <scheme val="major"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="16"/>
+      <color theme="1"/>
+      <name val="Calibri Light"/>
+      <family val="2"/>
+      <scheme val="major"/>
+    </font>
+    <font>
+      <sz val="13"/>
       <color theme="1"/>
       <name val="Calibri Light"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="6">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
@@ -376,193 +394,195 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="26">
+  <cellXfs count="32">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...5 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="centerContinuous" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="centerContinuous"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="centerContinuous"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...9 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="right"/>
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+      <alignment horizontal="centerContinuous"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>2</xdr:col>
-      <xdr:colOff>142875</xdr:colOff>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>180975</xdr:rowOff>
+      <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>2</xdr:col>
-      <xdr:colOff>704850</xdr:colOff>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>762000</xdr:colOff>
       <xdr:row>2</xdr:row>
-      <xdr:rowOff>161925</xdr:rowOff>
+      <xdr:rowOff>190500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1">
+        <xdr:cNvPr id="2" name="Picture 1" descr="ULM Academic Logo">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3247996B-BA8B-4A97-BDBE-ED288A752645}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="990600" y="180975"/>
-          <a:ext cx="561975" cy="561975"/>
+          <a:off x="3943350" y="28575"/>
+          <a:ext cx="752475" cy="752475"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
@@ -857,431 +877,444 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3D5F509C-DE55-4DE7-A907-45A7875FD84E}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A2:L50"/>
+  <dimension ref="A1:L50"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="D13" sqref="D13:G13"/>
+    <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" workbookViewId="0">
+      <selection activeCell="D13" sqref="D13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="2.109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="7.77734375" style="1" customWidth="1"/>
     <col min="3" max="11" width="9" style="1" customWidth="1"/>
     <col min="12" max="12" width="2.33203125" style="1" customWidth="1"/>
     <col min="13" max="13" width="8.5546875" style="1" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="2.109375" style="1" customWidth="1"/>
     <col min="15" max="16384" width="8.88671875" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:12" ht="30.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="E2" s="23" t="s">
+    <row r="1" spans="1:12" ht="23.25" x14ac:dyDescent="0.35">
+      <c r="A1" s="29" t="s">
         <v>0</v>
       </c>
-      <c r="F2" s="23"/>
-[...1 lines deleted...]
-      <c r="H2" s="23"/>
+      <c r="B1" s="18"/>
+      <c r="C1" s="18"/>
+      <c r="D1" s="18"/>
+    </row>
+    <row r="2" spans="1:12" ht="23.25" x14ac:dyDescent="0.35">
+      <c r="A2" s="30" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="19"/>
+      <c r="C2" s="19"/>
+      <c r="D2" s="19"/>
+      <c r="E2" s="27"/>
+      <c r="F2" s="27"/>
+      <c r="G2" s="27"/>
+      <c r="H2" s="27"/>
     </row>
     <row r="3" spans="1:12" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="E3" s="24" t="s">
-[...4 lines deleted...]
-      <c r="H3" s="24"/>
+      <c r="E3" s="28"/>
+      <c r="F3" s="28"/>
+      <c r="G3" s="28"/>
+      <c r="H3" s="28"/>
     </row>
     <row r="4" spans="1:12" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A4" s="9"/>
       <c r="B4" s="9"/>
       <c r="C4" s="9"/>
       <c r="D4" s="9"/>
       <c r="E4" s="9"/>
       <c r="F4" s="9"/>
       <c r="G4" s="9"/>
       <c r="H4" s="9"/>
       <c r="I4" s="9"/>
       <c r="J4" s="9"/>
       <c r="K4" s="9"/>
       <c r="L4" s="9"/>
     </row>
     <row r="5" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="22" t="s">
+      <c r="B5" s="17" t="s">
         <v>59</v>
       </c>
-      <c r="C5" s="22"/>
-[...7 lines deleted...]
-      <c r="K5" s="22"/>
+      <c r="C5" s="17"/>
+      <c r="D5" s="17"/>
+      <c r="E5" s="17"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="17"/>
+      <c r="H5" s="17"/>
+      <c r="I5" s="17"/>
+      <c r="J5" s="17"/>
+      <c r="K5" s="17"/>
     </row>
     <row r="6" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="22" t="s">
+      <c r="B6" s="17" t="s">
         <v>49</v>
       </c>
-      <c r="C6" s="22"/>
-      <c r="D6" s="25" t="s">
+      <c r="C6" s="17"/>
+      <c r="D6" s="17" t="s">
         <v>50</v>
       </c>
-      <c r="E6" s="25"/>
-[...5 lines deleted...]
-      <c r="K6" s="25"/>
+      <c r="E6" s="17"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="17"/>
+      <c r="H6" s="17"/>
+      <c r="I6" s="17"/>
+      <c r="J6" s="17"/>
+      <c r="K6" s="17"/>
     </row>
     <row r="7" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="D7" s="25" t="s">
+      <c r="D7" s="17" t="s">
         <v>53</v>
       </c>
-      <c r="E7" s="25"/>
-[...5 lines deleted...]
-      <c r="K7" s="25"/>
+      <c r="E7" s="17"/>
+      <c r="F7" s="17"/>
+      <c r="G7" s="17"/>
+      <c r="H7" s="17"/>
+      <c r="I7" s="17"/>
+      <c r="J7" s="17"/>
+      <c r="K7" s="17"/>
     </row>
     <row r="8" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="D8" s="25" t="s">
+      <c r="D8" s="17" t="s">
         <v>51</v>
       </c>
-      <c r="E8" s="25"/>
-[...5 lines deleted...]
-      <c r="K8" s="25"/>
+      <c r="E8" s="17"/>
+      <c r="F8" s="17"/>
+      <c r="G8" s="17"/>
+      <c r="H8" s="17"/>
+      <c r="I8" s="17"/>
+      <c r="J8" s="17"/>
+      <c r="K8" s="17"/>
     </row>
     <row r="9" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="D9" s="25" t="s">
+      <c r="D9" s="17" t="s">
         <v>52</v>
       </c>
-      <c r="E9" s="25"/>
-[...5 lines deleted...]
-      <c r="K9" s="25"/>
+      <c r="E9" s="17"/>
+      <c r="F9" s="17"/>
+      <c r="G9" s="17"/>
+      <c r="H9" s="17"/>
+      <c r="I9" s="17"/>
+      <c r="J9" s="17"/>
+      <c r="K9" s="17"/>
     </row>
     <row r="10" spans="1:12" ht="5.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="9"/>
       <c r="B10" s="9"/>
       <c r="C10" s="9"/>
       <c r="D10" s="9"/>
       <c r="E10" s="9"/>
       <c r="F10" s="9"/>
       <c r="G10" s="9"/>
       <c r="H10" s="9"/>
       <c r="I10" s="9"/>
       <c r="J10" s="9"/>
       <c r="K10" s="9"/>
       <c r="L10" s="9"/>
     </row>
     <row r="11" spans="1:12" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B11" s="17" t="s">
+      <c r="B11" s="26" t="s">
         <v>2</v>
       </c>
-      <c r="C11" s="17"/>
-[...7 lines deleted...]
-      <c r="K11" s="17"/>
+      <c r="C11" s="26"/>
+      <c r="D11" s="26"/>
+      <c r="E11" s="26"/>
+      <c r="F11" s="26"/>
+      <c r="G11" s="26"/>
+      <c r="H11" s="26"/>
+      <c r="I11" s="26"/>
+      <c r="J11" s="26"/>
+      <c r="K11" s="26"/>
     </row>
     <row r="12" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B12" s="2"/>
     </row>
     <row r="13" spans="1:12" x14ac:dyDescent="0.25">
       <c r="C13" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="D13" s="11"/>
-[...2 lines deleted...]
-      <c r="G13" s="11"/>
+      <c r="D13" s="15"/>
+      <c r="E13" s="15"/>
+      <c r="F13" s="15"/>
+      <c r="G13" s="15"/>
+    </row>
+    <row r="14" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="K14" s="13"/>
     </row>
     <row r="15" spans="1:12" x14ac:dyDescent="0.25">
       <c r="C15" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="D15" s="19">
+      <c r="D15" s="16">
         <f ca="1">TODAY()</f>
-        <v>45462</v>
-[...2 lines deleted...]
-      <c r="F15" s="19"/>
+        <v>46036</v>
+      </c>
+      <c r="E15" s="16"/>
+      <c r="F15" s="16"/>
       <c r="H15" s="21" t="s">
         <v>8</v>
       </c>
       <c r="I15" s="21"/>
-      <c r="J15" s="11"/>
-      <c r="K15" s="11"/>
+      <c r="J15" s="15"/>
+      <c r="K15" s="15"/>
     </row>
     <row r="17" spans="1:12" x14ac:dyDescent="0.25">
       <c r="C17" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="D17" s="11"/>
-[...1 lines deleted...]
-      <c r="F17" s="11"/>
+      <c r="D17" s="15"/>
+      <c r="E17" s="15"/>
+      <c r="F17" s="15"/>
       <c r="H17" s="21" t="s">
         <v>7</v>
       </c>
       <c r="I17" s="21"/>
-      <c r="J17" s="11"/>
-      <c r="K17" s="11"/>
+      <c r="J17" s="15"/>
+      <c r="K17" s="15"/>
     </row>
     <row r="18" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="9"/>
       <c r="B18" s="9"/>
       <c r="C18" s="9"/>
       <c r="D18" s="9"/>
       <c r="E18" s="9"/>
       <c r="F18" s="9"/>
       <c r="G18" s="9"/>
       <c r="H18" s="9"/>
       <c r="I18" s="9"/>
       <c r="J18" s="9"/>
       <c r="K18" s="9"/>
       <c r="L18" s="9"/>
     </row>
     <row r="19" spans="1:12" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B19" s="17" t="s">
+      <c r="B19" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="C19" s="17"/>
-[...7 lines deleted...]
-      <c r="K19" s="17"/>
+      <c r="C19" s="26"/>
+      <c r="D19" s="26"/>
+      <c r="E19" s="26"/>
+      <c r="F19" s="26"/>
+      <c r="G19" s="26"/>
+      <c r="H19" s="26"/>
+      <c r="I19" s="26"/>
+      <c r="J19" s="26"/>
+      <c r="K19" s="26"/>
     </row>
     <row r="21" spans="1:12" x14ac:dyDescent="0.25">
       <c r="C21" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="D21" s="11"/>
-[...1 lines deleted...]
-      <c r="F21" s="15" t="s">
+      <c r="D21" s="15"/>
+      <c r="E21" s="15"/>
+      <c r="F21" s="25" t="s">
         <v>47</v>
       </c>
-      <c r="G21" s="15"/>
+      <c r="G21" s="25"/>
       <c r="H21" s="21" t="s">
         <v>32</v>
       </c>
       <c r="I21" s="21"/>
-      <c r="J21" s="11"/>
-      <c r="K21" s="11"/>
+      <c r="J21" s="15"/>
+      <c r="K21" s="15"/>
     </row>
     <row r="23" spans="1:12" x14ac:dyDescent="0.25">
       <c r="C23" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="D23" s="11"/>
-      <c r="E23" s="11"/>
+      <c r="D23" s="15"/>
+      <c r="E23" s="15"/>
       <c r="G23" s="21" t="s">
         <v>10</v>
       </c>
       <c r="H23" s="21"/>
       <c r="I23" s="21"/>
-      <c r="J23" s="11"/>
-      <c r="K23" s="11"/>
+      <c r="J23" s="15"/>
+      <c r="K23" s="15"/>
     </row>
     <row r="24" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="D24" s="14" t="s">
+      <c r="D24" s="24" t="s">
         <v>48</v>
       </c>
-      <c r="E24" s="14"/>
+      <c r="E24" s="24"/>
     </row>
     <row r="25" spans="1:12" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C25" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="D25" s="20"/>
-[...1 lines deleted...]
-      <c r="F25" s="20"/>
+      <c r="D25" s="14"/>
+      <c r="E25" s="14"/>
+      <c r="F25" s="14"/>
       <c r="H25" s="21" t="s">
         <v>12</v>
       </c>
       <c r="I25" s="21"/>
-      <c r="J25" s="11"/>
-      <c r="K25" s="11"/>
+      <c r="J25" s="15"/>
+      <c r="K25" s="15"/>
     </row>
     <row r="26" spans="1:12" x14ac:dyDescent="0.25">
       <c r="C26" s="3"/>
-      <c r="D26" s="13" t="s">
+      <c r="D26" s="23" t="s">
         <v>46</v>
       </c>
-      <c r="E26" s="13"/>
-      <c r="F26" s="13"/>
+      <c r="E26" s="23"/>
+      <c r="F26" s="23"/>
       <c r="I26" s="3"/>
       <c r="J26" s="4"/>
       <c r="K26" s="4"/>
     </row>
     <row r="27" spans="1:12" x14ac:dyDescent="0.25">
       <c r="C27" s="3"/>
       <c r="D27" s="6"/>
       <c r="E27" s="6"/>
       <c r="F27" s="6"/>
       <c r="I27" s="3"/>
       <c r="J27" s="4"/>
       <c r="K27" s="4"/>
     </row>
     <row r="28" spans="1:12" x14ac:dyDescent="0.25">
       <c r="C28" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="D28" s="11" t="s">
+      <c r="D28" s="15" t="s">
         <v>57</v>
       </c>
-      <c r="E28" s="11"/>
+      <c r="E28" s="15"/>
       <c r="F28" s="1" t="s">
         <v>60</v>
       </c>
       <c r="H28" s="21" t="s">
         <v>56</v>
       </c>
       <c r="I28" s="21"/>
-      <c r="J28" s="11"/>
-      <c r="K28" s="11"/>
+      <c r="J28" s="15"/>
+      <c r="K28" s="15"/>
     </row>
     <row r="29" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="D29" s="18" t="s">
+      <c r="D29" s="12" t="s">
         <v>58</v>
       </c>
-      <c r="E29" s="18"/>
-[...5 lines deleted...]
-      <c r="K29" s="18"/>
+      <c r="E29" s="12"/>
+      <c r="F29" s="12"/>
+      <c r="G29" s="12"/>
+      <c r="H29" s="12"/>
+      <c r="I29" s="12"/>
+      <c r="J29" s="12"/>
+      <c r="K29" s="12"/>
     </row>
     <row r="30" spans="1:12" ht="9.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="31" spans="1:12" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C31" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="D31" s="12"/>
-[...6 lines deleted...]
-      <c r="K31" s="12"/>
+      <c r="D31" s="10"/>
+      <c r="E31" s="10"/>
+      <c r="F31" s="10"/>
+      <c r="G31" s="10"/>
+      <c r="H31" s="10"/>
+      <c r="I31" s="10"/>
+      <c r="J31" s="10"/>
+      <c r="K31" s="10"/>
     </row>
     <row r="33" spans="1:12" x14ac:dyDescent="0.25">
       <c r="C33" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="D33" s="11"/>
-      <c r="E33" s="11"/>
+      <c r="D33" s="15"/>
+      <c r="E33" s="15"/>
       <c r="F33" s="4" t="s">
         <v>19</v>
       </c>
-      <c r="G33" s="11" t="s">
+      <c r="G33" s="15" t="s">
         <v>20</v>
       </c>
-      <c r="H33" s="11"/>
+      <c r="H33" s="15"/>
     </row>
     <row r="34" spans="1:12" x14ac:dyDescent="0.25">
       <c r="C34" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="D34" s="15" t="s">
+      <c r="D34" s="31" t="s">
         <v>18</v>
       </c>
-      <c r="E34" s="15"/>
-      <c r="G34" s="15" t="s">
+      <c r="E34" s="31"/>
+      <c r="G34" s="31" t="s">
         <v>16</v>
       </c>
-      <c r="H34" s="15"/>
+      <c r="H34" s="31"/>
     </row>
     <row r="35" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A35" s="9"/>
       <c r="B35" s="9"/>
       <c r="C35" s="9"/>
       <c r="D35" s="9"/>
       <c r="E35" s="9"/>
       <c r="F35" s="9"/>
       <c r="G35" s="9"/>
       <c r="H35" s="9"/>
       <c r="I35" s="9"/>
       <c r="J35" s="9"/>
       <c r="K35" s="9"/>
       <c r="L35" s="9"/>
     </row>
     <row r="36" spans="1:12" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B36" s="17" t="s">
+      <c r="B36" s="26" t="s">
         <v>61</v>
       </c>
-      <c r="C36" s="17"/>
-[...7 lines deleted...]
-      <c r="K36" s="17"/>
+      <c r="C36" s="26"/>
+      <c r="D36" s="26"/>
+      <c r="E36" s="26"/>
+      <c r="F36" s="26"/>
+      <c r="G36" s="26"/>
+      <c r="H36" s="26"/>
+      <c r="I36" s="26"/>
+      <c r="J36" s="26"/>
+      <c r="K36" s="26"/>
     </row>
     <row r="38" spans="1:12" ht="30" x14ac:dyDescent="0.25">
       <c r="C38" s="4" t="s">
         <v>23</v>
       </c>
       <c r="D38" s="6" t="s">
         <v>31</v>
       </c>
       <c r="E38" s="4" t="s">
         <v>24</v>
       </c>
       <c r="F38" s="4" t="s">
         <v>25</v>
       </c>
       <c r="G38" s="4" t="s">
         <v>26</v>
       </c>
       <c r="H38" s="4" t="s">
         <v>27</v>
       </c>
       <c r="I38" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J38" s="6" t="s">
         <v>34</v>
@@ -1303,212 +1336,181 @@
       <c r="G39" s="8"/>
       <c r="H39" s="8"/>
       <c r="I39" s="8"/>
       <c r="J39" s="8"/>
       <c r="K39" s="8"/>
     </row>
     <row r="40" spans="1:12" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B40" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C40" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D40" s="8"/>
       <c r="E40" s="8"/>
       <c r="F40" s="8"/>
       <c r="G40" s="8"/>
       <c r="H40" s="8"/>
       <c r="I40" s="8"/>
       <c r="J40" s="8"/>
       <c r="K40" s="8"/>
     </row>
     <row r="41" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B41" s="3"/>
       <c r="C41" s="4"/>
-      <c r="D41" s="14" t="s">
+      <c r="D41" s="24" t="s">
         <v>54</v>
       </c>
-      <c r="E41" s="14"/>
-[...5 lines deleted...]
-      <c r="K41" s="14"/>
+      <c r="E41" s="24"/>
+      <c r="F41" s="24"/>
+      <c r="G41" s="24"/>
+      <c r="H41" s="24"/>
+      <c r="I41" s="24"/>
+      <c r="J41" s="24"/>
+      <c r="K41" s="24"/>
     </row>
     <row r="42" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B42" s="3"/>
     </row>
     <row r="43" spans="1:12" x14ac:dyDescent="0.25">
       <c r="C43" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D43" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E43" s="7"/>
       <c r="F43" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G43" s="7"/>
       <c r="H43" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I43" s="7"/>
       <c r="J43" s="3" t="s">
         <v>41</v>
       </c>
       <c r="K43" s="7"/>
     </row>
     <row r="44" spans="1:12" x14ac:dyDescent="0.25">
       <c r="D44" s="3"/>
       <c r="E44" s="4" t="s">
         <v>37</v>
       </c>
-      <c r="F44" s="16" t="s">
+      <c r="G44" s="11" t="s">
         <v>62</v>
       </c>
-      <c r="G44" s="16"/>
       <c r="I44" s="4" t="s">
         <v>40</v>
       </c>
       <c r="J44" s="3"/>
       <c r="K44" s="4" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="46" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="B46" s="10" t="s">
+      <c r="B46" s="22" t="s">
         <v>44</v>
       </c>
-      <c r="C46" s="10"/>
-[...5 lines deleted...]
-      <c r="I46" s="11"/>
+      <c r="C46" s="22"/>
+      <c r="D46" s="22"/>
+      <c r="E46" s="22"/>
+      <c r="F46" s="20"/>
+      <c r="G46" s="20"/>
+      <c r="H46" s="20"/>
+      <c r="I46" s="20"/>
       <c r="J46" s="3" t="s">
         <v>3</v>
       </c>
       <c r="K46" s="7"/>
     </row>
     <row r="47" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A47" s="9"/>
       <c r="B47" s="9"/>
       <c r="C47" s="9"/>
       <c r="D47" s="9"/>
       <c r="E47" s="9"/>
       <c r="F47" s="9"/>
       <c r="G47" s="9"/>
       <c r="H47" s="9"/>
       <c r="I47" s="9"/>
       <c r="J47" s="9"/>
       <c r="K47" s="9"/>
       <c r="L47" s="9"/>
     </row>
     <row r="48" spans="1:12" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B48" s="17" t="s">
+      <c r="B48" s="26" t="s">
         <v>43</v>
       </c>
-      <c r="C48" s="17"/>
-[...7 lines deleted...]
-      <c r="K48" s="17"/>
+      <c r="C48" s="26"/>
+      <c r="D48" s="26"/>
+      <c r="E48" s="26"/>
+      <c r="F48" s="26"/>
+      <c r="G48" s="26"/>
+      <c r="H48" s="26"/>
+      <c r="I48" s="26"/>
+      <c r="J48" s="26"/>
+      <c r="K48" s="26"/>
     </row>
     <row r="49" spans="2:11" ht="7.5" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="50" spans="2:11" x14ac:dyDescent="0.25">
-      <c r="B50" s="10" t="s">
+      <c r="B50" s="22" t="s">
         <v>45</v>
       </c>
-      <c r="C50" s="10"/>
-[...5 lines deleted...]
-      <c r="I50" s="11"/>
+      <c r="C50" s="22"/>
+      <c r="D50" s="22"/>
+      <c r="E50" s="22"/>
+      <c r="F50" s="20"/>
+      <c r="G50" s="20"/>
+      <c r="H50" s="20"/>
+      <c r="I50" s="20"/>
       <c r="J50" s="3" t="s">
         <v>3</v>
       </c>
       <c r="K50" s="7"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="Xn3jvubpgWprphbsxK0SY4gfNHi+LP6csFq0h8Vt55IdWMRsQlx2XXgfTg4tBOlqDOCeaCdZ9pf8HAyHB30Ziw==" saltValue="B0Nw/TVXVu5AQnqQIWGC8g==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
-[...17 lines deleted...]
-    <mergeCell ref="D25:F25"/>
+  <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
+  <mergeCells count="16">
     <mergeCell ref="H15:I15"/>
     <mergeCell ref="H17:I17"/>
-    <mergeCell ref="B5:K5"/>
-    <mergeCell ref="B6:C6"/>
     <mergeCell ref="B11:K11"/>
+    <mergeCell ref="G23:I23"/>
+    <mergeCell ref="H21:I21"/>
     <mergeCell ref="B19:K19"/>
     <mergeCell ref="H25:I25"/>
-    <mergeCell ref="D17:F17"/>
-    <mergeCell ref="D15:F15"/>
     <mergeCell ref="F21:G21"/>
     <mergeCell ref="D24:E24"/>
-    <mergeCell ref="D21:E21"/>
-    <mergeCell ref="D23:E23"/>
+    <mergeCell ref="H28:I28"/>
     <mergeCell ref="B50:E50"/>
-    <mergeCell ref="F50:I50"/>
-    <mergeCell ref="D31:K31"/>
     <mergeCell ref="D26:F26"/>
     <mergeCell ref="D41:K41"/>
-    <mergeCell ref="D33:E33"/>
-[...2 lines deleted...]
-    <mergeCell ref="F44:G44"/>
     <mergeCell ref="B36:K36"/>
     <mergeCell ref="B48:K48"/>
-    <mergeCell ref="D29:K29"/>
     <mergeCell ref="B46:E46"/>
-    <mergeCell ref="F46:I46"/>
-[...1 lines deleted...]
-    <mergeCell ref="J28:K28"/>
   </mergeCells>
   <dataValidations count="4">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D21" xr:uid="{1159F834-1866-4E12-B601-13A8E5D81FC5}">
       <formula1>"Add New Detail Code, Modify Existing Detail Code, Inactive Existing Detail Code"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G33" xr:uid="{E8BD4F9A-45F7-468E-8C85-74A97C42FA93}">
       <formula1>"Hour, Course"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J21" xr:uid="{94022BF5-9274-43BA-ABC6-9C622F241905}">
       <formula1>"Payment, Charge"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D28" xr:uid="{727517F7-97A2-43EC-9AEF-85E57C89CCBE}">
       <formula1>"ASAP, Future Date"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.3" footer="0.05"/>
   <pageSetup scale="94" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter xml:space="preserve">&amp;R&amp;"Calibri Light,Regular"Version: 06/2024 </oddFooter>
   </headerFooter>
   <ignoredErrors>
     <ignoredError sqref="D15" unlockedFormula="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
 </worksheet>