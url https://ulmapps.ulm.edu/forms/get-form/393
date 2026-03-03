--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -7,71 +7,68 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\aWorkFiles\Controller\forms\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{274C1130-C946-4135-94D3-90401F335416}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F9D62728-8976-4A4F-80FA-937E55925689}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="166" xr2:uid="{98291FA0-7D3F-4634-B121-E2312DA1409D}"/>
   </bookViews>
   <sheets>
     <sheet name="CheckRequest" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="125725"/>
   <extLst>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52" uniqueCount="48">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="51" uniqueCount="47">
   <si>
     <t>CONTROLLER'S OFFICE</t>
   </si>
   <si>
     <t>ACCOUNTS PAYABLE CHECK REQUEST</t>
   </si>
   <si>
     <t>DESCRIPTION:</t>
   </si>
   <si>
     <t>VENDOR NAME:</t>
   </si>
   <si>
     <t>VENDOR ADDRESS:</t>
   </si>
   <si>
     <t>DATE:</t>
   </si>
   <si>
     <t>AMOUNT:</t>
   </si>
   <si>
     <t>Approved for Payment By:</t>
   </si>
   <si>
@@ -207,61 +204,64 @@
         <rFont val="Arial Rounded MT Bold"/>
         <family val="2"/>
       </rPr>
       <t>(Please Sign and Print Name)</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color indexed="8"/>
         <rFont val="Arial Rounded MT Bold"/>
         <family val="2"/>
       </rPr>
       <t>:</t>
     </r>
   </si>
   <si>
     <t>Obtain Vendor # from FAIVNDH</t>
   </si>
   <si>
     <t>(Banner). Request form must have</t>
   </si>
   <si>
     <t>Vendor # or attached W-9 from</t>
   </si>
   <si>
-    <t>Vendor!</t>
-[...1 lines deleted...]
-  <si>
     <t>Rev. 01/2026</t>
+  </si>
+  <si>
+    <t>UNIVERSITY OF LOUISIANA MONROE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="13" x14ac:knownFonts="1">
+  <numFmts count="1">
+    <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
+  </numFmts>
+  <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Arial Rounded MT Bold"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial Rounded MT Bold"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial Rounded MT Bold"/>
@@ -304,50 +304,57 @@
       <name val="Arial Rounded MT Bold"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Arial Rounded MT Bold"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <u/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial Rounded MT Bold"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial Rounded MT Bold"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="31">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
@@ -668,52 +675,53 @@
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="114">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
@@ -747,51 +755,50 @@
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
@@ -848,249 +855,251 @@
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="centerContinuous" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="centerContinuous" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="centerContinuous" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="centerContinuous"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...9 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="centerContinuous"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="centerContinuous" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="centerContinuous"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="centerContinuous"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="centerContinuous"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="centerContinuous"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...6 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="centerContinuous" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="centerContinuous" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="centerContinuous" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="centerContinuous" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="centerContinuous" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="centerContinuous" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="centerContinuous" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="5" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="centerContinuous" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="centerContinuous" vertical="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="15" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="centerContinuous" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="16" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="centerContinuous" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
+    <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>0</xdr:col>
-      <xdr:colOff>147637</xdr:colOff>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>414337</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>0</xdr:col>
-      <xdr:colOff>881062</xdr:colOff>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>566737</xdr:colOff>
       <xdr:row>4</xdr:row>
-      <xdr:rowOff>133350</xdr:rowOff>
+      <xdr:rowOff>57150</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1142" name="Picture 5" descr="ULM Academic Logo">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{51DC4C21-E6B7-2BA6-902F-8FBCEC05ABFF}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="147637" y="95250"/>
+          <a:off x="3233737" y="95250"/>
           <a:ext cx="733425" cy="733425"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
@@ -1376,752 +1385,738 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5546AD5C-1A1C-4019-9C99-7A5239941993}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:J48"/>
+  <dimension ref="A1:J47"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="C7" sqref="C7"/>
+      <selection activeCell="C6" sqref="C6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="14.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="7.140625" style="1" customWidth="1"/>
-    <col min="3" max="3" width="10.5703125" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="9.140625" style="1"/>
+    <col min="3" max="3" width="12.7109375" style="1" customWidth="1"/>
+    <col min="4" max="4" width="7.7109375" style="1" customWidth="1"/>
+    <col min="5" max="5" width="8.7109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="11" style="1" customWidth="1"/>
     <col min="7" max="7" width="10.85546875" style="1" customWidth="1"/>
     <col min="8" max="8" width="10.5703125" style="1" customWidth="1"/>
     <col min="9" max="9" width="9.140625" style="1"/>
     <col min="10" max="10" width="9.5703125" style="1" customWidth="1"/>
     <col min="11" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="G1" s="70"/>
+    <row r="1" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="110" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="52"/>
+      <c r="C1" s="52"/>
+      <c r="D1" s="52"/>
+      <c r="E1" s="52"/>
+      <c r="F1" s="111"/>
+      <c r="G1" s="69"/>
       <c r="H1" s="22"/>
       <c r="I1" s="22"/>
       <c r="J1" s="23"/>
     </row>
     <row r="2" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="9"/>
-      <c r="B2" s="79" t="s">
+      <c r="A2" s="112" t="s">
         <v>0</v>
       </c>
-      <c r="C2" s="44"/>
-[...3 lines deleted...]
-      <c r="G2" s="71" t="s">
+      <c r="B2" s="3"/>
+      <c r="C2" s="43"/>
+      <c r="D2" s="43"/>
+      <c r="E2" s="43"/>
+      <c r="F2" s="33"/>
+      <c r="G2" s="70" t="s">
+        <v>42</v>
+      </c>
+      <c r="H2" s="71"/>
+      <c r="I2" s="71"/>
+      <c r="J2" s="72"/>
+    </row>
+    <row r="3" spans="1:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="112" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" s="3"/>
+      <c r="C3" s="43"/>
+      <c r="D3" s="43"/>
+      <c r="E3" s="43"/>
+      <c r="F3" s="33"/>
+      <c r="G3" s="70" t="s">
         <v>43</v>
       </c>
-      <c r="H2" s="72"/>
-[...5 lines deleted...]
-      <c r="B3" s="77" t="s">
+      <c r="H3" s="71"/>
+      <c r="I3" s="71"/>
+      <c r="J3" s="72"/>
+    </row>
+    <row r="4" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="112" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="33"/>
-[...3 lines deleted...]
-      <c r="G3" s="71" t="s">
+      <c r="B4" s="3"/>
+      <c r="C4" s="43"/>
+      <c r="D4" s="43"/>
+      <c r="E4" s="43"/>
+      <c r="F4" s="33"/>
+      <c r="G4" s="70" t="s">
         <v>44</v>
       </c>
-      <c r="H3" s="72"/>
-[...12 lines deleted...]
-      <c r="G4" s="71" t="s">
+      <c r="H4" s="71"/>
+      <c r="I4" s="71"/>
+      <c r="J4" s="72"/>
+    </row>
+    <row r="5" spans="1:10" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="15" t="s">
         <v>45</v>
       </c>
-      <c r="H4" s="72"/>
-[...31 lines deleted...]
-      <c r="J6" s="26"/>
+      <c r="B5" s="76"/>
+      <c r="C5" s="75"/>
+      <c r="D5" s="75"/>
+      <c r="E5" s="75"/>
+      <c r="F5" s="113"/>
+      <c r="G5" s="24"/>
+      <c r="H5" s="25"/>
+      <c r="I5" s="25"/>
+      <c r="J5" s="26"/>
+    </row>
+    <row r="6" spans="1:10" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="88" t="s">
+        <v>26</v>
+      </c>
+      <c r="B6" s="89"/>
+      <c r="C6" s="84"/>
+      <c r="D6" s="84"/>
+      <c r="E6" s="84"/>
+      <c r="F6" s="84"/>
+      <c r="G6" s="20" t="s">
+        <v>5</v>
+      </c>
+      <c r="H6" s="102"/>
+      <c r="I6" s="79"/>
+      <c r="J6" s="103"/>
     </row>
     <row r="7" spans="1:10" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="97" t="s">
-[...7 lines deleted...]
-      <c r="G7" s="20" t="s">
+      <c r="A7" s="88" t="s">
+        <v>3</v>
+      </c>
+      <c r="B7" s="89"/>
+      <c r="C7" s="84"/>
+      <c r="D7" s="77"/>
+      <c r="E7" s="77"/>
+      <c r="F7" s="78"/>
+      <c r="G7" s="21" t="s">
         <v>6</v>
       </c>
-      <c r="H7" s="112"/>
-[...4 lines deleted...]
-      <c r="A8" s="97" t="s">
+      <c r="H7" s="104"/>
+      <c r="I7" s="104"/>
+      <c r="J7" s="105"/>
+    </row>
+    <row r="8" spans="1:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="87" t="s">
         <v>4</v>
       </c>
-      <c r="B8" s="98"/>
-[...9 lines deleted...]
-      <c r="J8" s="93"/>
+      <c r="B8" s="47"/>
+      <c r="C8" s="48"/>
+      <c r="D8" s="47"/>
+      <c r="E8" s="47"/>
+      <c r="F8" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="G8" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="H8" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="I8" s="100" t="s">
+        <v>20</v>
+      </c>
+      <c r="J8" s="101"/>
     </row>
     <row r="9" spans="1:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A9" s="96" t="s">
-[...25 lines deleted...]
-      <c r="E10" s="76"/>
+      <c r="A9" s="106"/>
+      <c r="B9" s="108"/>
+      <c r="C9" s="108"/>
+      <c r="D9" s="108"/>
+      <c r="E9" s="108"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="12"/>
+      <c r="H9" s="12"/>
+      <c r="I9" s="80"/>
+      <c r="J9" s="83"/>
+    </row>
+    <row r="10" spans="1:10" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="106"/>
+      <c r="B10" s="108"/>
+      <c r="C10" s="108"/>
+      <c r="D10" s="108"/>
+      <c r="E10" s="108"/>
       <c r="F10" s="13"/>
       <c r="G10" s="12"/>
       <c r="H10" s="12"/>
-      <c r="I10" s="85"/>
-      <c r="J10" s="90"/>
+      <c r="I10" s="80"/>
+      <c r="J10" s="83"/>
     </row>
     <row r="11" spans="1:10" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="75"/>
-[...8 lines deleted...]
-      <c r="J11" s="90"/>
+      <c r="A11" s="106"/>
+      <c r="B11" s="108"/>
+      <c r="C11" s="108"/>
+      <c r="D11" s="108"/>
+      <c r="E11" s="108"/>
+      <c r="F11" s="67" t="s">
+        <v>37</v>
+      </c>
+      <c r="G11" s="68"/>
+      <c r="H11" s="68"/>
+      <c r="I11" s="16" t="s">
+        <v>15</v>
+      </c>
+      <c r="J11" s="17" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="12" spans="1:10" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="75"/>
-[...4 lines deleted...]
-      <c r="F12" s="68" t="s">
+      <c r="A12" s="107"/>
+      <c r="B12" s="82"/>
+      <c r="C12" s="82"/>
+      <c r="D12" s="82"/>
+      <c r="E12" s="82"/>
+      <c r="F12" s="64" t="s">
+        <v>40</v>
+      </c>
+      <c r="G12" s="65"/>
+      <c r="H12" s="66"/>
+      <c r="I12" s="27" t="s">
+        <v>15</v>
+      </c>
+      <c r="J12" s="29" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="85" t="s">
+        <v>2</v>
+      </c>
+      <c r="B13" s="86"/>
+      <c r="C13" s="86"/>
+      <c r="D13" s="86"/>
+      <c r="E13" s="86"/>
+      <c r="F13" s="62" t="s">
+        <v>25</v>
+      </c>
+      <c r="G13" s="63"/>
+      <c r="H13" s="14"/>
+      <c r="I13" s="28"/>
+      <c r="J13" s="30"/>
+    </row>
+    <row r="14" spans="1:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="109"/>
+      <c r="B14" s="73"/>
+      <c r="C14" s="73"/>
+      <c r="D14" s="73"/>
+      <c r="E14" s="73"/>
+      <c r="F14" s="73"/>
+      <c r="G14" s="73"/>
+      <c r="H14" s="59" t="s">
+        <v>9</v>
+      </c>
+      <c r="I14" s="60"/>
+      <c r="J14" s="61"/>
+    </row>
+    <row r="15" spans="1:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="109"/>
+      <c r="B15" s="73"/>
+      <c r="C15" s="73"/>
+      <c r="D15" s="73"/>
+      <c r="E15" s="73"/>
+      <c r="F15" s="73"/>
+      <c r="G15" s="73"/>
+      <c r="H15" s="9"/>
+      <c r="I15" s="10"/>
+      <c r="J15" s="11"/>
+    </row>
+    <row r="16" spans="1:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="109"/>
+      <c r="B16" s="73"/>
+      <c r="C16" s="73"/>
+      <c r="D16" s="73"/>
+      <c r="E16" s="73"/>
+      <c r="F16" s="73"/>
+      <c r="G16" s="73"/>
+      <c r="H16" s="9"/>
+      <c r="I16" s="43"/>
+      <c r="J16" s="33"/>
+    </row>
+    <row r="17" spans="1:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="109"/>
+      <c r="B17" s="73"/>
+      <c r="C17" s="73"/>
+      <c r="D17" s="73"/>
+      <c r="E17" s="73"/>
+      <c r="F17" s="73"/>
+      <c r="G17" s="73"/>
+      <c r="H17" s="2"/>
+      <c r="I17" s="3"/>
+      <c r="J17" s="4"/>
+    </row>
+    <row r="18" spans="1:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="109"/>
+      <c r="B18" s="73"/>
+      <c r="C18" s="73"/>
+      <c r="D18" s="73"/>
+      <c r="E18" s="73"/>
+      <c r="F18" s="73"/>
+      <c r="G18" s="73"/>
+      <c r="H18" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="I18" s="74"/>
+      <c r="J18" s="99"/>
+    </row>
+    <row r="19" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="109"/>
+      <c r="B19" s="73"/>
+      <c r="C19" s="73"/>
+      <c r="D19" s="73"/>
+      <c r="E19" s="73"/>
+      <c r="F19" s="81"/>
+      <c r="G19" s="81"/>
+      <c r="H19" s="2"/>
+      <c r="I19" s="3"/>
+      <c r="J19" s="4"/>
+    </row>
+    <row r="20" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="34" t="s">
+        <v>41</v>
+      </c>
+      <c r="B20" s="35"/>
+      <c r="C20" s="35"/>
+      <c r="D20" s="35"/>
+      <c r="E20" s="36"/>
+      <c r="F20" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="G20" s="31"/>
+      <c r="H20" s="31"/>
+      <c r="I20" s="31"/>
+      <c r="J20" s="32"/>
+    </row>
+    <row r="21" spans="1:10" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="90"/>
+      <c r="B21" s="91"/>
+      <c r="C21" s="91"/>
+      <c r="D21" s="91"/>
+      <c r="E21" s="92"/>
+      <c r="F21" s="53"/>
+      <c r="G21" s="54"/>
+      <c r="H21" s="54"/>
+      <c r="I21" s="54"/>
+      <c r="J21" s="55"/>
+    </row>
+    <row r="22" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="34" t="s">
+        <v>11</v>
+      </c>
+      <c r="B22" s="35"/>
+      <c r="C22" s="35"/>
+      <c r="D22" s="35"/>
+      <c r="E22" s="36"/>
+      <c r="F22" s="34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" s="35"/>
+      <c r="H22" s="35"/>
+      <c r="I22" s="35"/>
+      <c r="J22" s="36"/>
+    </row>
+    <row r="23" spans="1:10" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="53"/>
+      <c r="B23" s="54"/>
+      <c r="C23" s="54"/>
+      <c r="D23" s="54"/>
+      <c r="E23" s="55"/>
+      <c r="F23" s="56"/>
+      <c r="G23" s="57"/>
+      <c r="H23" s="57"/>
+      <c r="I23" s="57"/>
+      <c r="J23" s="58"/>
+    </row>
+    <row r="24" spans="1:10" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="49" t="s">
+        <v>27</v>
+      </c>
+      <c r="B24" s="50"/>
+      <c r="C24" s="50"/>
+      <c r="D24" s="50"/>
+      <c r="E24" s="50"/>
+      <c r="F24" s="50"/>
+      <c r="G24" s="50"/>
+      <c r="H24" s="50"/>
+      <c r="I24" s="50"/>
+      <c r="J24" s="51"/>
+    </row>
+    <row r="25" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="40" t="s">
+        <v>29</v>
+      </c>
+      <c r="B25" s="41"/>
+      <c r="C25" s="41"/>
+      <c r="D25" s="41"/>
+      <c r="E25" s="41"/>
+      <c r="F25" s="41"/>
+      <c r="G25" s="41"/>
+      <c r="H25" s="41"/>
+      <c r="I25" s="41"/>
+      <c r="J25" s="42"/>
+    </row>
+    <row r="26" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="40" t="s">
+        <v>21</v>
+      </c>
+      <c r="B26" s="41"/>
+      <c r="C26" s="41"/>
+      <c r="D26" s="41"/>
+      <c r="E26" s="41"/>
+      <c r="F26" s="41"/>
+      <c r="G26" s="41"/>
+      <c r="H26" s="41"/>
+      <c r="I26" s="41"/>
+      <c r="J26" s="42"/>
+    </row>
+    <row r="27" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="40" t="s">
+        <v>31</v>
+      </c>
+      <c r="B27" s="41"/>
+      <c r="C27" s="41"/>
+      <c r="D27" s="41"/>
+      <c r="E27" s="41"/>
+      <c r="F27" s="41"/>
+      <c r="G27" s="41"/>
+      <c r="H27" s="41"/>
+      <c r="I27" s="41"/>
+      <c r="J27" s="42"/>
+    </row>
+    <row r="28" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A28" s="40" t="s">
         <v>38</v>
       </c>
-      <c r="G12" s="69"/>
-[...147 lines deleted...]
-      <c r="A23" s="35" t="s">
+      <c r="B28" s="41"/>
+      <c r="C28" s="41"/>
+      <c r="D28" s="41"/>
+      <c r="E28" s="41"/>
+      <c r="F28" s="41"/>
+      <c r="G28" s="41"/>
+      <c r="H28" s="41"/>
+      <c r="I28" s="41"/>
+      <c r="J28" s="42"/>
+    </row>
+    <row r="29" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A29" s="40" t="s">
+        <v>23</v>
+      </c>
+      <c r="B29" s="41"/>
+      <c r="C29" s="41"/>
+      <c r="D29" s="41"/>
+      <c r="E29" s="41"/>
+      <c r="F29" s="41"/>
+      <c r="G29" s="41"/>
+      <c r="H29" s="41"/>
+      <c r="I29" s="41"/>
+      <c r="J29" s="42"/>
+    </row>
+    <row r="30" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A30" s="40" t="s">
+        <v>39</v>
+      </c>
+      <c r="B30" s="41"/>
+      <c r="C30" s="41"/>
+      <c r="D30" s="41"/>
+      <c r="E30" s="41"/>
+      <c r="F30" s="41"/>
+      <c r="G30" s="41"/>
+      <c r="H30" s="41"/>
+      <c r="I30" s="41"/>
+      <c r="J30" s="42"/>
+    </row>
+    <row r="31" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A31" s="40" t="s">
+        <v>32</v>
+      </c>
+      <c r="B31" s="41"/>
+      <c r="C31" s="41"/>
+      <c r="D31" s="41"/>
+      <c r="E31" s="41"/>
+      <c r="F31" s="41"/>
+      <c r="G31" s="41"/>
+      <c r="H31" s="41"/>
+      <c r="I31" s="41"/>
+      <c r="J31" s="42"/>
+    </row>
+    <row r="32" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A32" s="40" t="s">
+        <v>24</v>
+      </c>
+      <c r="B32" s="41"/>
+      <c r="C32" s="41"/>
+      <c r="D32" s="41"/>
+      <c r="E32" s="41"/>
+      <c r="F32" s="41"/>
+      <c r="G32" s="41"/>
+      <c r="H32" s="41"/>
+      <c r="I32" s="41"/>
+      <c r="J32" s="42"/>
+    </row>
+    <row r="33" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A33" s="40" t="s">
+        <v>33</v>
+      </c>
+      <c r="B33" s="41"/>
+      <c r="C33" s="41"/>
+      <c r="D33" s="41"/>
+      <c r="E33" s="41"/>
+      <c r="F33" s="41"/>
+      <c r="G33" s="41"/>
+      <c r="H33" s="41"/>
+      <c r="I33" s="41"/>
+      <c r="J33" s="42"/>
+    </row>
+    <row r="34" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A34" s="40" t="s">
+        <v>34</v>
+      </c>
+      <c r="B34" s="41"/>
+      <c r="C34" s="41"/>
+      <c r="D34" s="41"/>
+      <c r="E34" s="41"/>
+      <c r="F34" s="41"/>
+      <c r="G34" s="41"/>
+      <c r="H34" s="41"/>
+      <c r="I34" s="41"/>
+      <c r="J34" s="42"/>
+    </row>
+    <row r="35" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A35" s="40" t="s">
+        <v>35</v>
+      </c>
+      <c r="B35" s="41"/>
+      <c r="C35" s="41"/>
+      <c r="D35" s="41"/>
+      <c r="E35" s="41"/>
+      <c r="F35" s="41"/>
+      <c r="G35" s="41"/>
+      <c r="H35" s="41"/>
+      <c r="I35" s="41"/>
+      <c r="J35" s="42"/>
+    </row>
+    <row r="36" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A36" s="40" t="s">
+        <v>36</v>
+      </c>
+      <c r="B36" s="41"/>
+      <c r="C36" s="41"/>
+      <c r="D36" s="41"/>
+      <c r="E36" s="41"/>
+      <c r="F36" s="41"/>
+      <c r="G36" s="41"/>
+      <c r="H36" s="41"/>
+      <c r="I36" s="41"/>
+      <c r="J36" s="42"/>
+    </row>
+    <row r="37" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A37" s="93" t="s">
+        <v>30</v>
+      </c>
+      <c r="B37" s="94"/>
+      <c r="C37" s="94"/>
+      <c r="D37" s="94"/>
+      <c r="E37" s="94"/>
+      <c r="F37" s="94"/>
+      <c r="G37" s="94"/>
+      <c r="H37" s="94"/>
+      <c r="I37" s="94"/>
+      <c r="J37" s="95"/>
+    </row>
+    <row r="38" spans="1:10" ht="9" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="37"/>
+      <c r="B38" s="38"/>
+      <c r="C38" s="38"/>
+      <c r="D38" s="38"/>
+      <c r="E38" s="38"/>
+      <c r="F38" s="38"/>
+      <c r="G38" s="38"/>
+      <c r="H38" s="38"/>
+      <c r="I38" s="38"/>
+      <c r="J38" s="39"/>
+    </row>
+    <row r="39" spans="1:10" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="96" t="s">
+        <v>22</v>
+      </c>
+      <c r="B39" s="97"/>
+      <c r="C39" s="97"/>
+      <c r="D39" s="98"/>
+      <c r="E39" s="44" t="s">
         <v>12</v>
       </c>
-      <c r="B23" s="36"/>
-[...3 lines deleted...]
-      <c r="F23" s="35" t="s">
+      <c r="F39" s="45"/>
+      <c r="G39" s="45"/>
+      <c r="H39" s="45"/>
+      <c r="I39" s="45"/>
+      <c r="J39" s="46"/>
+    </row>
+    <row r="40" spans="1:10" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="34" t="s">
         <v>13</v>
       </c>
-      <c r="G23" s="36"/>
-[...246 lines deleted...]
-      <c r="D41" s="37"/>
+      <c r="B40" s="35"/>
+      <c r="C40" s="35"/>
+      <c r="D40" s="36"/>
+      <c r="E40" s="3"/>
+      <c r="F40" s="3"/>
+      <c r="G40" s="3"/>
+      <c r="H40" s="3"/>
+      <c r="I40" s="3"/>
+      <c r="J40" s="4"/>
+    </row>
+    <row r="41" spans="1:10" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="7"/>
+      <c r="B41" s="5"/>
+      <c r="C41" s="5"/>
+      <c r="D41" s="6"/>
       <c r="E41" s="3"/>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
       <c r="I41" s="3"/>
       <c r="J41" s="4"/>
     </row>
-    <row r="42" spans="1:10" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="A43" s="35" t="s">
+    <row r="42" spans="1:10" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="34" t="s">
+        <v>7</v>
+      </c>
+      <c r="B42" s="35"/>
+      <c r="C42" s="35"/>
+      <c r="D42" s="36"/>
+      <c r="E42" s="5"/>
+      <c r="F42" s="5"/>
+      <c r="G42" s="5"/>
+      <c r="H42" s="5"/>
+      <c r="I42" s="5"/>
+      <c r="J42" s="6"/>
+    </row>
+    <row r="43" spans="1:10" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="7"/>
+      <c r="B43" s="8"/>
+      <c r="C43" s="5"/>
+      <c r="D43" s="6"/>
+      <c r="E43" s="44" t="s">
+        <v>14</v>
+      </c>
+      <c r="F43" s="45"/>
+      <c r="G43" s="45"/>
+      <c r="H43" s="45"/>
+      <c r="I43" s="45"/>
+      <c r="J43" s="46"/>
+    </row>
+    <row r="44" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="34" t="s">
         <v>8</v>
       </c>
-      <c r="B43" s="36"/>
-[...29 lines deleted...]
-      <c r="D45" s="37"/>
+      <c r="B44" s="35"/>
+      <c r="C44" s="35"/>
+      <c r="D44" s="36"/>
+      <c r="E44" s="3"/>
+      <c r="F44" s="3"/>
+      <c r="G44" s="3"/>
+      <c r="H44" s="3"/>
+      <c r="I44" s="3"/>
+      <c r="J44" s="4"/>
+    </row>
+    <row r="45" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A45" s="2"/>
+      <c r="B45" s="3"/>
+      <c r="C45" s="3"/>
+      <c r="D45" s="4"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
       <c r="J45" s="4"/>
     </row>
-    <row r="46" spans="1:10" x14ac:dyDescent="0.2">
-[...32 lines deleted...]
-      <c r="J48" s="3"/>
+    <row r="46" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="7"/>
+      <c r="B46" s="5"/>
+      <c r="C46" s="5"/>
+      <c r="D46" s="6"/>
+      <c r="E46" s="7"/>
+      <c r="F46" s="5"/>
+      <c r="G46" s="5"/>
+      <c r="H46" s="5"/>
+      <c r="I46" s="5"/>
+      <c r="J46" s="6"/>
+    </row>
+    <row r="47" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="B47" s="3"/>
+      <c r="C47" s="3"/>
+      <c r="D47" s="3"/>
+      <c r="E47" s="3"/>
+      <c r="F47" s="3"/>
+      <c r="G47" s="3"/>
+      <c r="H47" s="3"/>
+      <c r="I47" s="3"/>
+      <c r="J47" s="3"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="XaIo4Vd/MVxLiEG5VI/dnIk1gA4LqTEw+7d/A5FTpCVSPsL14tOltfaj02eckmvUYIqBRluKLAqzdKsp29PAFw==" saltValue="8qUlnZFf0MPo3vwxog3qXQ==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatCells="0" selectLockedCells="1"/>
+  <sheetProtection sheet="1" objects="1" scenarios="1" formatCells="0" selectLockedCells="1"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.6" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>CheckRequest</vt:lpstr>