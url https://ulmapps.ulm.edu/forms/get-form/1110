--- v0 (2025-10-07)
+++ v1 (2025-11-28)
@@ -2,8530 +2,5647 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20417"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\ACADEMIC AFFAIRS SHARED\FORMS\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{D128A283-36DE-4EA9-B991-5CA01B2A3D07}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12300"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12210" tabRatio="235" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="PTOL-Winter Salaries" sheetId="1" r:id="rId1"/>
+    <sheet name="Fall &amp; Winter Salaries" sheetId="1" r:id="rId1"/>
     <sheet name="Summer Salaries" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'PTOL-Winter Salaries'!$A$1:$R$41</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="1">'Summer Salaries'!$A$1:$J$11</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Fall &amp; Winter Salaries'!$A$1:$R$38</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'Summer Salaries'!$A$1:$I$11</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="J32" i="1" l="1"/>
-[...14 lines deleted...]
-  <c r="D6" i="2" l="1"/>
+  <c r="C25" i="1" l="1"/>
+  <c r="I6" i="2" l="1"/>
+  <c r="I7" i="2"/>
+  <c r="I8" i="2"/>
+  <c r="I9" i="2"/>
+  <c r="I10" i="2"/>
+  <c r="H6" i="2"/>
+  <c r="H7" i="2"/>
+  <c r="H8" i="2"/>
+  <c r="H9" i="2"/>
+  <c r="H10" i="2"/>
+  <c r="H5" i="2"/>
+  <c r="H11" i="2" s="1"/>
+  <c r="G11" i="2"/>
+  <c r="E11" i="2"/>
   <c r="F11" i="2"/>
-  <c r="G11" i="2"/>
-  <c r="H11" i="2"/>
+  <c r="D10" i="2"/>
   <c r="C11" i="2"/>
-  <c r="E11" i="2"/>
   <c r="B11" i="2"/>
-  <c r="I10" i="2"/>
-[...1 lines deleted...]
-  <c r="I9" i="2"/>
+  <c r="I38" i="1"/>
+  <c r="H38" i="1"/>
+  <c r="B38" i="1"/>
+  <c r="P37" i="1"/>
+  <c r="O37" i="1"/>
+  <c r="J37" i="1"/>
+  <c r="D37" i="1"/>
+  <c r="C37" i="1"/>
+  <c r="N28" i="1"/>
+  <c r="M28" i="1"/>
+  <c r="L28" i="1"/>
+  <c r="K28" i="1"/>
+  <c r="J28" i="1"/>
+  <c r="I28" i="1"/>
+  <c r="H28" i="1"/>
+  <c r="G28" i="1"/>
+  <c r="F28" i="1"/>
+  <c r="E28" i="1"/>
+  <c r="D28" i="1"/>
+  <c r="C28" i="1"/>
+  <c r="Q37" i="1" l="1"/>
+  <c r="E37" i="1"/>
+  <c r="J34" i="1"/>
+  <c r="J18" i="1"/>
+  <c r="K18" i="1"/>
+  <c r="L18" i="1"/>
+  <c r="M18" i="1"/>
+  <c r="N18" i="1"/>
+  <c r="I18" i="1"/>
+  <c r="D18" i="1"/>
+  <c r="E18" i="1"/>
+  <c r="F18" i="1"/>
+  <c r="G18" i="1"/>
+  <c r="H18" i="1"/>
+  <c r="C18" i="1"/>
+  <c r="J35" i="1"/>
+  <c r="J25" i="1"/>
+  <c r="K25" i="1"/>
+  <c r="L25" i="1"/>
+  <c r="M25" i="1"/>
+  <c r="N25" i="1"/>
+  <c r="I25" i="1"/>
+  <c r="F25" i="1"/>
+  <c r="E25" i="1"/>
+  <c r="G25" i="1"/>
+  <c r="H25" i="1"/>
+  <c r="D25" i="1"/>
+  <c r="F12" i="1"/>
+  <c r="O34" i="1" l="1"/>
+  <c r="F37" i="1"/>
+  <c r="L37" i="1" s="1"/>
+  <c r="R37" i="1" s="1"/>
+  <c r="D34" i="1"/>
+  <c r="C34" i="1"/>
+  <c r="P34" i="1"/>
+  <c r="C36" i="1"/>
+  <c r="P36" i="1"/>
+  <c r="D36" i="1"/>
+  <c r="D6" i="2"/>
   <c r="D9" i="2"/>
-  <c r="I8" i="2"/>
   <c r="D8" i="2"/>
-  <c r="I7" i="2"/>
   <c r="D7" i="2"/>
-  <c r="I6" i="2"/>
-  <c r="I5" i="2"/>
   <c r="D5" i="2"/>
-  <c r="J10" i="2" l="1"/>
-[...2 lines deleted...]
-  <c r="J6" i="2"/>
+  <c r="I5" i="2" s="1"/>
+  <c r="I11" i="2" s="1"/>
+  <c r="Q34" i="1" l="1"/>
+  <c r="E34" i="1"/>
+  <c r="F34" i="1" s="1"/>
+  <c r="L34" i="1" s="1"/>
   <c r="D11" i="2"/>
-  <c r="J9" i="2"/>
-[...15 lines deleted...]
-  <c r="J9" i="1"/>
+  <c r="J9" i="1" l="1"/>
   <c r="K9" i="1"/>
   <c r="L9" i="1"/>
   <c r="M9" i="1"/>
   <c r="N9" i="1"/>
   <c r="I9" i="1"/>
-  <c r="P35" i="1" l="1"/>
-[...18 lines deleted...]
-  <c r="I41" i="1" l="1"/>
+  <c r="O32" i="1" l="1"/>
+  <c r="P32" i="1"/>
   <c r="J36" i="1"/>
-  <c r="J40" i="1"/>
-[...19 lines deleted...]
-  <c r="C11" i="1"/>
+  <c r="O36" i="1"/>
+  <c r="Q32" i="1" l="1"/>
+  <c r="Q36" i="1"/>
+  <c r="E36" i="1"/>
+  <c r="F36" i="1" s="1"/>
+  <c r="L36" i="1" s="1"/>
+  <c r="C22" i="1"/>
+  <c r="N12" i="1"/>
+  <c r="R36" i="1" l="1"/>
+  <c r="M12" i="1"/>
+  <c r="J33" i="1" l="1"/>
+  <c r="J32" i="1"/>
+  <c r="J38" i="1" l="1"/>
+  <c r="D22" i="1"/>
+  <c r="E22" i="1"/>
+  <c r="F22" i="1"/>
+  <c r="G22" i="1"/>
+  <c r="H22" i="1"/>
+  <c r="D12" i="1"/>
+  <c r="E12" i="1"/>
+  <c r="G12" i="1"/>
+  <c r="H12" i="1"/>
+  <c r="C12" i="1"/>
   <c r="D9" i="1"/>
   <c r="E9" i="1"/>
   <c r="F9" i="1"/>
   <c r="G9" i="1"/>
   <c r="H9" i="1"/>
   <c r="C9" i="1"/>
-  <c r="D35" i="1" l="1"/>
+  <c r="C32" i="1" l="1"/>
   <c r="C35" i="1"/>
-  <c r="C37" i="1"/>
-[...36 lines deleted...]
-  <c r="F36" i="1"/>
+  <c r="D35" i="1"/>
+  <c r="R34" i="1"/>
+  <c r="C33" i="1"/>
+  <c r="D32" i="1"/>
+  <c r="D33" i="1"/>
+  <c r="I12" i="1"/>
+  <c r="N22" i="1"/>
+  <c r="M22" i="1"/>
+  <c r="L22" i="1"/>
+  <c r="K22" i="1"/>
+  <c r="J22" i="1"/>
+  <c r="I22" i="1"/>
+  <c r="L12" i="1"/>
+  <c r="P33" i="1" s="1"/>
+  <c r="K12" i="1"/>
+  <c r="J12" i="1"/>
+  <c r="D38" i="1" l="1"/>
+  <c r="C38" i="1"/>
+  <c r="P35" i="1"/>
+  <c r="O33" i="1"/>
+  <c r="Q33" i="1" s="1"/>
+  <c r="O35" i="1"/>
+  <c r="Q35" i="1" s="1"/>
   <c r="E35" i="1"/>
-  <c r="F35" i="1"/>
-[...21 lines deleted...]
-  <c r="R41" i="1" s="1"/>
+  <c r="F35" i="1" s="1"/>
+  <c r="L35" i="1" s="1"/>
+  <c r="E33" i="1"/>
+  <c r="E32" i="1"/>
+  <c r="F32" i="1" s="1"/>
+  <c r="F33" i="1" l="1"/>
+  <c r="L33" i="1" s="1"/>
+  <c r="R33" i="1" s="1"/>
+  <c r="E38" i="1"/>
+  <c r="R35" i="1"/>
+  <c r="L32" i="1"/>
+  <c r="P38" i="1"/>
+  <c r="O38" i="1"/>
+  <c r="R32" i="1" l="1"/>
+  <c r="R38" i="1" s="1"/>
+  <c r="F38" i="1"/>
+  <c r="L38" i="1" s="1"/>
+  <c r="Q38" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
-<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
+    <author>Madelaine Lanham</author>
     <author>Windows User</author>
-    <author>Madelaine Lanham</author>
   </authors>
   <commentList>
-    <comment ref="A1" authorId="0" shapeId="0">
-[...23 lines deleted...]
-    <comment ref="G1" authorId="1" shapeId="0">
+    <comment ref="G1" authorId="0" shapeId="0" xr:uid="{20F56FCA-ABE3-45C9-8D32-779EC9312C98}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
           <t xml:space="preserve">
-Enter current academic year</t>
-[...3 lines deleted...]
-    <comment ref="C5" authorId="1" shapeId="0">
+Enter current fiscal year</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="C5" authorId="0" shapeId="0" xr:uid="{CFE93110-B796-4907-BE08-1B07AE9CB3A3}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total overload salaries for 1st 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="D5" authorId="1" shapeId="0">
-[...23 lines deleted...]
-    <comment ref="E5" authorId="1" shapeId="0">
+    <comment ref="D5" authorId="0" shapeId="0" xr:uid="{A7A0C7CD-5068-438A-8FB2-F4B5ECEF1804}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="E5" authorId="0" shapeId="0" xr:uid="{1CADE9AB-59CE-4DE0-9D00-9A6EB035B685}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total overload salaries for 2nd 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="F5" authorId="1" shapeId="0">
+    <comment ref="F5" authorId="0" shapeId="0" xr:uid="{13DEB910-DDD7-454B-8818-0840DCDBEA3E}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total part-time salaries for 1st 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="G5" authorId="1" shapeId="0">
+    <comment ref="G5" authorId="0" shapeId="0" xr:uid="{82B4FC6F-E116-410A-8009-3BD0C34222F5}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="H5" authorId="0" shapeId="0" xr:uid="{F6F52CA3-75A5-417C-9F02-6581254EEEC8}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total part-time salaries for 2nd 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="I5" authorId="0" shapeId="0" xr:uid="{AE39DF99-1519-4301-BB80-E13DAA524E3D}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="J5" authorId="0" shapeId="0" xr:uid="{9BE9ECB9-F14F-4E11-A6C0-BA3C1F1759AB}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total Wintersession salaries</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="K5" authorId="0" shapeId="0" xr:uid="{51B7E0EE-19C1-4452-A855-6F6AE191EB93}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 2nd 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="L5" authorId="0" shapeId="0" xr:uid="{1CB2974B-E966-4A9D-90C5-428BA50AE4BD}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total part-time salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="M5" authorId="0" shapeId="0" xr:uid="{A5BAB1B2-DF2E-4DFE-914D-88D06A25FF26}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total part-time salaries for full term</t>
         </r>
       </text>
     </comment>
-    <comment ref="H5" authorId="1" shapeId="0">
+    <comment ref="N5" authorId="0" shapeId="0" xr:uid="{8D15F3F3-E086-498A-91E6-A8E12C3DDEF4}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total part-time salaries for 2nd 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="I5" authorId="1" shapeId="0">
+    <comment ref="C6" authorId="0" shapeId="0" xr:uid="{E640D73F-51CA-4B6C-B18D-9B4C9828D4CA}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total overload salaries for 1st 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="J5" authorId="1" shapeId="0">
-[...23 lines deleted...]
-    <comment ref="K5" authorId="1" shapeId="0">
+    <comment ref="D6" authorId="0" shapeId="0" xr:uid="{914537C1-CBE2-4ABA-82E0-E2B97F681B21}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="E6" authorId="0" shapeId="0" xr:uid="{5D3C0EEB-93CB-45F7-B4AB-E09F8EA36522}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total overload salaries for 2nd 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="L5" authorId="1" shapeId="0">
+    <comment ref="F6" authorId="0" shapeId="0" xr:uid="{CA8B07A0-D91A-4F8A-85B1-34EFEFA96662}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total part-time salaries for 1st 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="M5" authorId="1" shapeId="0">
+    <comment ref="G6" authorId="0" shapeId="0" xr:uid="{B551DB48-A8D4-4CB8-9EAA-6F5F460554CC}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="H6" authorId="0" shapeId="0" xr:uid="{BC3DCAB2-491F-4783-9692-C5D440DA4545}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total part-time salaries for 2nd 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="I6" authorId="0" shapeId="0" xr:uid="{67BA2CF8-058A-40D5-B4E4-135826552FED}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="J6" authorId="0" shapeId="0" xr:uid="{5E884A9C-DD56-45E4-AB47-A60EBFD622F0}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total Wintersession salaries</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="K6" authorId="0" shapeId="0" xr:uid="{28AA0522-2E97-4908-B969-C0D2EC7A887C}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 2nd 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="L6" authorId="0" shapeId="0" xr:uid="{7DE3934C-3093-4539-966D-AD03A0C2605B}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total part-time salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="M6" authorId="0" shapeId="0" xr:uid="{611F782B-5539-4592-A854-CB8A7A69607B}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total part-time salaries for full term</t>
         </r>
       </text>
     </comment>
-    <comment ref="N5" authorId="1" shapeId="0">
+    <comment ref="N6" authorId="0" shapeId="0" xr:uid="{B3BBB390-B748-4A4D-8AE9-F7AF90C785E2}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total part-time salaries for 2nd 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="C6" authorId="1" shapeId="0">
+    <comment ref="C7" authorId="0" shapeId="0" xr:uid="{6764228F-0A0F-428F-920E-9E423995ECE6}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total overload salaries for 1st 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="D6" authorId="1" shapeId="0">
-[...23 lines deleted...]
-    <comment ref="E6" authorId="1" shapeId="0">
+    <comment ref="D7" authorId="0" shapeId="0" xr:uid="{9D9AB889-10DA-4064-9FED-E77C3A20C556}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="E7" authorId="0" shapeId="0" xr:uid="{701CEEA4-00C2-4C79-B33A-3C421385D97E}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total overload salaries for 2nd 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="F6" authorId="1" shapeId="0">
+    <comment ref="F7" authorId="0" shapeId="0" xr:uid="{C734EB9A-0276-4D96-A971-9AEC63623FB3}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total part-time salaries for 1st 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="G6" authorId="1" shapeId="0">
+    <comment ref="G7" authorId="0" shapeId="0" xr:uid="{83AAF7E4-3531-466A-9D55-E11A4CCFE088}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="H7" authorId="0" shapeId="0" xr:uid="{240B1061-CC33-48B5-9AFE-AAAAAD27DDD3}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total part-time salaries for 2nd 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="I7" authorId="0" shapeId="0" xr:uid="{ADFA6644-CC22-4C8C-9316-D0219725DBAE}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="J7" authorId="0" shapeId="0" xr:uid="{0ED04CC8-E2AF-4FD4-843F-DADD26B46060}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total Wintersession salaries</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="K7" authorId="0" shapeId="0" xr:uid="{FF9276FD-0E48-4ACE-801D-173A6F1BED28}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 2nd 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="L7" authorId="0" shapeId="0" xr:uid="{06A4A700-CF53-4183-BC6C-A92CBDD8FBF9}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total part-time salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="M7" authorId="0" shapeId="0" xr:uid="{5DAE7522-2D11-41DF-9E60-168F642E75B6}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total part-time salaries for full term</t>
         </r>
       </text>
     </comment>
-    <comment ref="H6" authorId="1" shapeId="0">
+    <comment ref="N7" authorId="0" shapeId="0" xr:uid="{5C7E036F-B2CA-4AD9-9F6C-B100B6AC3F6C}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total part-time salaries for 2nd 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="I6" authorId="1" shapeId="0">
+    <comment ref="C8" authorId="0" shapeId="0" xr:uid="{6298651D-8FC1-45AF-8079-B25DAF605C2A}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total overload salaries for 1st 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="J6" authorId="1" shapeId="0">
-[...23 lines deleted...]
-    <comment ref="K6" authorId="1" shapeId="0">
+    <comment ref="D8" authorId="0" shapeId="0" xr:uid="{983DCB18-2D30-4F8D-821A-13486AE1FC57}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="E8" authorId="0" shapeId="0" xr:uid="{06D268D1-50EE-450E-9979-FF50BACD70F9}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total overload salaries for 2nd 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="L6" authorId="1" shapeId="0">
+    <comment ref="F8" authorId="0" shapeId="0" xr:uid="{F97F9102-20FD-4A31-BF6D-E833D768475F}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total part-time salaries for 1st 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="M6" authorId="1" shapeId="0">
+    <comment ref="G8" authorId="0" shapeId="0" xr:uid="{640B05E8-7986-496D-BD42-F1E695E544D0}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="H8" authorId="0" shapeId="0" xr:uid="{E463236E-D0C2-47B9-BC5E-5E81F786ECDF}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total part-time salaries for 2nd 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="I8" authorId="0" shapeId="0" xr:uid="{87A3D408-AC83-428A-B471-A8FA27AB45DC}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="J8" authorId="0" shapeId="0" xr:uid="{6383D435-9D36-4884-9C75-0A36942DDEDA}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total Wintersession salaries</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="K8" authorId="0" shapeId="0" xr:uid="{B1C41643-3CDB-4EC8-8F53-54B99499D8DD}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 2nd 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="L8" authorId="0" shapeId="0" xr:uid="{DE614291-9F96-4EEC-895D-3450A30B6029}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total part-time salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="M8" authorId="0" shapeId="0" xr:uid="{6B1F3B0E-BC7F-4723-90E1-AC3539D5C8EF}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total part-time salaries for full term</t>
         </r>
       </text>
     </comment>
-    <comment ref="N6" authorId="1" shapeId="0">
+    <comment ref="N8" authorId="0" shapeId="0" xr:uid="{7C72FE97-230C-47BA-BD95-EA9A595DEA64}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total part-time salaries for 2nd 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="C7" authorId="1" shapeId="0">
+    <comment ref="C11" authorId="0" shapeId="0" xr:uid="{6770A95B-2A4D-4838-8142-24E0AED4A788}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total overload salaries for 1st 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="D7" authorId="1" shapeId="0">
-[...23 lines deleted...]
-    <comment ref="E7" authorId="1" shapeId="0">
+    <comment ref="D11" authorId="0" shapeId="0" xr:uid="{DCD8DDFB-9746-427E-8AC7-E685C9406CE5}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="E11" authorId="0" shapeId="0" xr:uid="{94737B9D-28CC-402E-BDEF-F4C19270854F}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total overload salaries for 2nd 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="F7" authorId="1" shapeId="0">
+    <comment ref="F11" authorId="0" shapeId="0" xr:uid="{1566D447-B6F2-4049-999D-D728353EBB3E}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total part-time salaries for 1st 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="G7" authorId="1" shapeId="0">
+    <comment ref="G11" authorId="0" shapeId="0" xr:uid="{7A424FA7-08F0-4872-AA8E-828B9DC0AAA9}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="H11" authorId="0" shapeId="0" xr:uid="{5DA69DD6-BFC4-4A8F-A445-50EC8DD82868}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total part-time salaries for 2nd 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="I11" authorId="0" shapeId="0" xr:uid="{AAC551C1-9B91-420B-A817-69A2A4193C90}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="J11" authorId="0" shapeId="0" xr:uid="{97096709-59B2-4C70-AFE1-C99AF6705D26}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total Wintersession salaries</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="K11" authorId="0" shapeId="0" xr:uid="{5FE9BDDC-45D7-46FF-A5C8-1F75E421CE8E}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 2nd 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="L11" authorId="0" shapeId="0" xr:uid="{BE44795D-E03C-4DBC-B4F2-7B89E3CCE6E6}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total part-time salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="M11" authorId="0" shapeId="0" xr:uid="{99E009E0-16C5-4C3C-B264-86051616696F}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total part-time salaries for full term</t>
         </r>
       </text>
     </comment>
-    <comment ref="H7" authorId="1" shapeId="0">
+    <comment ref="N11" authorId="0" shapeId="0" xr:uid="{043C6974-2094-47F0-9E1D-D8CE6F4F4CBB}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total part-time salaries for 2nd 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="I7" authorId="1" shapeId="0">
+    <comment ref="C14" authorId="0" shapeId="0" xr:uid="{9F059BC1-20F0-4748-8DC3-6E77E917F5DE}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total overload salaries for 1st 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="J7" authorId="1" shapeId="0">
-[...23 lines deleted...]
-    <comment ref="K7" authorId="1" shapeId="0">
+    <comment ref="D14" authorId="0" shapeId="0" xr:uid="{C1C53E3D-B0FE-4937-891E-68EB25669FC8}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="E14" authorId="0" shapeId="0" xr:uid="{E4D3A958-7ACA-44AB-94B1-5BBEA13D3640}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total overload salaries for 2nd 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="L7" authorId="1" shapeId="0">
+    <comment ref="F14" authorId="0" shapeId="0" xr:uid="{76E199E7-60D3-4BEA-BEF8-DC78FCC2EC1B}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total part-time salaries for 1st 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="M7" authorId="1" shapeId="0">
+    <comment ref="G14" authorId="0" shapeId="0" xr:uid="{D099C230-EE6E-4290-A487-8E65B7977124}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="H14" authorId="0" shapeId="0" xr:uid="{E9F5AAC1-3143-4FF3-83E7-303D699BACA6}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total part-time salaries for 2nd 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="I14" authorId="0" shapeId="0" xr:uid="{938194D9-0202-40C9-A521-5AF0DBB30ED8}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="J14" authorId="0" shapeId="0" xr:uid="{426582CB-7874-40F7-9F06-F748F450FE6A}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total Wintersession salaries</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="K14" authorId="0" shapeId="0" xr:uid="{AA3B2EA1-D6B2-4709-B978-4EC6DD95CA28}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 2nd 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="L14" authorId="0" shapeId="0" xr:uid="{6825380A-9955-4B4F-9949-B05553236103}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total part-time salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="M14" authorId="0" shapeId="0" xr:uid="{7455D187-49D8-4FBF-AE09-0549CFE75C90}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total part-time salaries for full term</t>
         </r>
       </text>
     </comment>
-    <comment ref="N7" authorId="1" shapeId="0">
+    <comment ref="N14" authorId="0" shapeId="0" xr:uid="{10B3E1F5-149E-4A30-9624-C2C946E4A99A}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total part-time salaries for 2nd 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="C8" authorId="1" shapeId="0">
+    <comment ref="C15" authorId="0" shapeId="0" xr:uid="{35E466DA-3F50-433A-AE3C-D0FD50D66132}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total overload salaries for 1st 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="D8" authorId="1" shapeId="0">
-[...23 lines deleted...]
-    <comment ref="E8" authorId="1" shapeId="0">
+    <comment ref="D15" authorId="0" shapeId="0" xr:uid="{1B65092A-9AB2-4241-9E99-84F25303B6B6}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="E15" authorId="0" shapeId="0" xr:uid="{0BEF3E00-70EC-4EA0-A310-EB6E4D17BB1E}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total overload salaries for 2nd 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="F8" authorId="1" shapeId="0">
+    <comment ref="F15" authorId="0" shapeId="0" xr:uid="{B90AF495-F457-4CE9-86E4-EAFF4CC62ED3}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total part-time salaries for 1st 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="G8" authorId="1" shapeId="0">
+    <comment ref="G15" authorId="0" shapeId="0" xr:uid="{69E4BB43-DBE1-4754-B566-393D935E9778}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="H15" authorId="0" shapeId="0" xr:uid="{A4065EBF-462C-4167-88B3-02355627AA6C}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total part-time salaries for 2nd 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="I15" authorId="0" shapeId="0" xr:uid="{C07D556B-0823-4B5C-B95F-57F5D192AE0A}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="J15" authorId="0" shapeId="0" xr:uid="{9248F521-7BEA-4877-9F60-57753604AE2F}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total Wintersession salaries</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="K15" authorId="0" shapeId="0" xr:uid="{AE2EBB3D-C150-4815-91BD-23D4BF7EAC76}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 2nd 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="L15" authorId="0" shapeId="0" xr:uid="{CD79E3D5-E09B-4B53-BA15-364FED940C4D}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total part-time salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="M15" authorId="0" shapeId="0" xr:uid="{6B37D364-E641-457E-B9DC-5698AE1DE904}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total part-time salaries for full term</t>
         </r>
       </text>
     </comment>
-    <comment ref="H8" authorId="1" shapeId="0">
+    <comment ref="N15" authorId="0" shapeId="0" xr:uid="{02465CB1-0265-40A6-9CFA-44573E3B688D}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total part-time salaries for 2nd 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="I8" authorId="1" shapeId="0">
+    <comment ref="C16" authorId="0" shapeId="0" xr:uid="{CE6CB903-4DCC-469C-8B29-AE28FA5DF3B8}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total overload salaries for 1st 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="J8" authorId="1" shapeId="0">
-[...23 lines deleted...]
-    <comment ref="K8" authorId="1" shapeId="0">
+    <comment ref="D16" authorId="0" shapeId="0" xr:uid="{F0B824B9-69C3-4771-86CD-1412EF45A859}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="E16" authorId="0" shapeId="0" xr:uid="{262CCF93-0B3D-458C-935B-E6F5693FFD48}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total overload salaries for 2nd 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="L8" authorId="1" shapeId="0">
+    <comment ref="F16" authorId="0" shapeId="0" xr:uid="{9E313899-DF0E-47AA-A649-A75B5E695323}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total part-time salaries for 1st 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="M8" authorId="1" shapeId="0">
+    <comment ref="G16" authorId="0" shapeId="0" xr:uid="{823BF000-49FE-416B-AB46-D31B490DAEE0}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="H16" authorId="0" shapeId="0" xr:uid="{2AF77C05-ABCE-45EB-AF68-70ADD84BAD9A}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total part-time salaries for 2nd 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="I16" authorId="0" shapeId="0" xr:uid="{8A8EBD08-0237-4FBC-A89E-20B7CB7D720C}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="J16" authorId="0" shapeId="0" xr:uid="{E86ECD0A-CB36-48ED-80F1-2CC70534AE06}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total Wintersession salaries</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="K16" authorId="0" shapeId="0" xr:uid="{BDDDDAD9-94DC-4CAB-BD96-168DED626043}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 2nd 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="L16" authorId="0" shapeId="0" xr:uid="{9699DD52-EEC0-433A-B18C-0E0EE614C3E4}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total part-time salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="M16" authorId="0" shapeId="0" xr:uid="{26AAB819-9262-4268-859C-AA3AC0716C93}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total part-time salaries for full term</t>
         </r>
       </text>
     </comment>
-    <comment ref="N8" authorId="1" shapeId="0">
+    <comment ref="N16" authorId="0" shapeId="0" xr:uid="{339736F1-47EB-4711-96A3-D092BD9BD1D6}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total part-time salaries for 2nd 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="C10" authorId="1" shapeId="0">
+    <comment ref="C17" authorId="0" shapeId="0" xr:uid="{CC8B5D4F-CA41-445C-875D-F7CEAF5312FE}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total overload salaries for 1st 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="D10" authorId="1" shapeId="0">
-[...23 lines deleted...]
-    <comment ref="E10" authorId="1" shapeId="0">
+    <comment ref="D17" authorId="0" shapeId="0" xr:uid="{B9BBD309-277C-43FA-98E8-D0A3CFCAA425}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="E17" authorId="0" shapeId="0" xr:uid="{204ADE2D-AF97-4956-A1D5-87B562325FAD}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total overload salaries for 2nd 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="F10" authorId="1" shapeId="0">
+    <comment ref="F17" authorId="0" shapeId="0" xr:uid="{13C483B5-8E01-4410-8D8C-9DD68F16DEB4}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total part-time salaries for 1st 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="G10" authorId="1" shapeId="0">
+    <comment ref="G17" authorId="0" shapeId="0" xr:uid="{54D3361B-3AFE-4374-A0FC-3D5777661886}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="H17" authorId="0" shapeId="0" xr:uid="{0E9A9535-6A04-46D7-A850-29E19AA486A0}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total part-time salaries for 2nd 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="I17" authorId="0" shapeId="0" xr:uid="{104F2193-5BEA-41EF-86D3-51287B64BAAB}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="J17" authorId="0" shapeId="0" xr:uid="{107F6950-55DA-4E77-BE82-400277B5417D}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total Wintersession salaries</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="K17" authorId="0" shapeId="0" xr:uid="{C9DE1CF3-4BE2-4BC0-A22E-702D35761AE4}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 2nd 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="L17" authorId="0" shapeId="0" xr:uid="{1A83CE71-A4CC-4173-B438-6D7A4EA15DCD}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total part-time salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="M17" authorId="0" shapeId="0" xr:uid="{BA29ED48-B685-4FC0-9CD1-93CF2F963017}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total part-time salaries for full term</t>
         </r>
       </text>
     </comment>
-    <comment ref="H10" authorId="1" shapeId="0">
+    <comment ref="N17" authorId="0" shapeId="0" xr:uid="{8C4753D2-AD72-42DB-A5DA-C47DAF204E77}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total part-time salaries for 2nd 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="I10" authorId="1" shapeId="0">
+    <comment ref="C20" authorId="0" shapeId="0" xr:uid="{223D86FF-7B9F-416E-99E3-2BCE9AFE5258}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total overload salaries for 1st 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="J10" authorId="1" shapeId="0">
-[...23 lines deleted...]
-    <comment ref="K10" authorId="1" shapeId="0">
+    <comment ref="D20" authorId="0" shapeId="0" xr:uid="{0DE32382-1BEE-4DB7-A582-92BA01499EBF}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="E20" authorId="0" shapeId="0" xr:uid="{FC4B9D81-8108-4E71-997F-50C72193DAEF}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total overload salaries for 2nd 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="L10" authorId="1" shapeId="0">
+    <comment ref="F20" authorId="0" shapeId="0" xr:uid="{A8B3C7A8-B3A1-4A2F-BFC0-34002060D5D2}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total part-time salaries for 1st 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="M10" authorId="1" shapeId="0">
+    <comment ref="G20" authorId="0" shapeId="0" xr:uid="{109B57E2-16F2-4140-AE46-836B81D0CDB2}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="H20" authorId="0" shapeId="0" xr:uid="{FC5BBA21-C5BC-4E8C-A5E8-F3407D7358E3}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total part-time salaries for 2nd 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="I20" authorId="0" shapeId="0" xr:uid="{C943DECA-BE8B-42A3-A4EC-92E737E0C3C0}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="J20" authorId="0" shapeId="0" xr:uid="{390830EB-FA82-4C72-AFED-53A3072B08A9}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total Wintersession salaries</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="K20" authorId="0" shapeId="0" xr:uid="{038B3007-8E16-4DDA-8492-6EB02A4E9A7D}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 2nd 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="L20" authorId="0" shapeId="0" xr:uid="{429DF9D6-D7DC-41E9-B84A-B5D96C392561}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total part-time salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="M20" authorId="0" shapeId="0" xr:uid="{853E87E2-1689-405F-980F-D10D71A3F523}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total part-time salaries for full term</t>
         </r>
       </text>
     </comment>
-    <comment ref="N10" authorId="1" shapeId="0">
+    <comment ref="N20" authorId="0" shapeId="0" xr:uid="{33A83C76-0B7F-4A54-B71C-D1C2A7ACA4F8}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total part-time salaries for 2nd 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="C12" authorId="1" shapeId="0">
+    <comment ref="C21" authorId="0" shapeId="0" xr:uid="{B62576E2-9D12-4D7C-BE05-A799AA27ECB9}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total overload salaries for 1st 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="D12" authorId="1" shapeId="0">
-[...23 lines deleted...]
-    <comment ref="E12" authorId="1" shapeId="0">
+    <comment ref="D21" authorId="0" shapeId="0" xr:uid="{1266E621-DFFC-4CB9-A184-0D6D8931544F}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="E21" authorId="0" shapeId="0" xr:uid="{C6C00C05-B0A5-4A25-9707-CD0BFEE87B38}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total overload salaries for 2nd 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="F12" authorId="1" shapeId="0">
+    <comment ref="F21" authorId="0" shapeId="0" xr:uid="{DC152207-D20A-49B0-8365-C25F46E42D7B}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total part-time salaries for 1st 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="G12" authorId="1" shapeId="0">
+    <comment ref="G21" authorId="0" shapeId="0" xr:uid="{489EEEE3-64BF-4972-B4F9-9BDC47097938}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="H21" authorId="0" shapeId="0" xr:uid="{26A4FCA2-0C56-4D38-A65A-545B1BEBAB45}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total part-time salaries for 2nd 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="I21" authorId="0" shapeId="0" xr:uid="{ACA82069-C348-4001-B24A-23BEE8860988}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="J21" authorId="0" shapeId="0" xr:uid="{B4C21043-8B39-4A1A-9BB6-D4D8AB21BFD0}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total Wintersession salaries</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="K21" authorId="0" shapeId="0" xr:uid="{0AFA7C56-C9BD-449C-AFB5-1274AB4EFD6D}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 2nd 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="L21" authorId="0" shapeId="0" xr:uid="{2CA6F22C-8C1F-4DF9-AAA5-99A1F65853F6}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total part-time salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="M21" authorId="0" shapeId="0" xr:uid="{18374C7B-6237-4584-9DC1-90421A21A7FB}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total part-time salaries for full term</t>
         </r>
       </text>
     </comment>
-    <comment ref="H12" authorId="1" shapeId="0">
+    <comment ref="N21" authorId="0" shapeId="0" xr:uid="{E139B9E1-79D8-41C6-ADFD-C7C3835CAE7B}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total part-time salaries for 2nd 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="I12" authorId="1" shapeId="0">
+    <comment ref="C24" authorId="0" shapeId="0" xr:uid="{AB076780-F160-464C-81DC-6101892D2169}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total overload salaries for 1st 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="J12" authorId="1" shapeId="0">
-[...23 lines deleted...]
-    <comment ref="K12" authorId="1" shapeId="0">
+    <comment ref="D24" authorId="0" shapeId="0" xr:uid="{9932B615-0EAA-41B0-A5D0-FC7914295432}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="E24" authorId="0" shapeId="0" xr:uid="{FD4C30A7-513C-4E07-AF64-D56EBC2E7552}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total overload salaries for 2nd 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="L12" authorId="1" shapeId="0">
+    <comment ref="F24" authorId="0" shapeId="0" xr:uid="{465B37C2-9CE3-40CF-8F7D-784B9B32F344}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total part-time salaries for 1st 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="M12" authorId="1" shapeId="0">
+    <comment ref="G24" authorId="0" shapeId="0" xr:uid="{AAFDC310-2225-491D-BD65-FF340256F99B}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="H24" authorId="0" shapeId="0" xr:uid="{ECE5E675-03FB-463B-8BA7-90B7E4422871}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total part-time salaries for 2nd 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="I24" authorId="0" shapeId="0" xr:uid="{56D19622-4FDE-4214-87FB-1D2C587F463C}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="J24" authorId="0" shapeId="0" xr:uid="{7FBEBE0C-F770-47FE-9CFD-ABF547424E99}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total Wintersession salaries</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="K24" authorId="0" shapeId="0" xr:uid="{7B0381FA-C5EB-4666-ABDC-54065E803089}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 2nd 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="L24" authorId="0" shapeId="0" xr:uid="{A7387338-89C4-4373-9D10-E06A5359AFAB}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total part-time salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="M24" authorId="0" shapeId="0" xr:uid="{C0ADCD15-912E-4757-AA1E-4F6BFE8D61C3}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total Wintersession salaries</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="N24" authorId="0" shapeId="0" xr:uid="{637780A1-1A67-4233-AFC2-327E1E3D0227}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total part-time salaries for 2nd 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="C27" authorId="0" shapeId="0" xr:uid="{DDBDA80B-9004-4104-9A37-7CEA21F9B42D}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="D27" authorId="0" shapeId="0" xr:uid="{31F7E75B-3F9D-4F15-B9AD-DD41C638615D}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="E27" authorId="0" shapeId="0" xr:uid="{4DA5DADF-122F-42BC-96BC-DA1B87A9CB83}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 2nd 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="F27" authorId="0" shapeId="0" xr:uid="{1B7EB741-F9DF-41E2-87DC-B50C375A468A}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total part-time salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="G27" authorId="0" shapeId="0" xr:uid="{88BC52D3-03ED-4C67-AA95-45B26EF3E632}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="H27" authorId="0" shapeId="0" xr:uid="{9DE3BA05-4872-4077-BEF8-1E0D09ABB62D}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total part-time salaries for 2nd 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="I27" authorId="0" shapeId="0" xr:uid="{01FD398A-7E62-495D-93CB-CE19FA9EC9EF}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="J27" authorId="0" shapeId="0" xr:uid="{FF44D9EF-4F24-4A30-A8AC-1624B68C5CB2}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total Wintersession salaries</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="K27" authorId="0" shapeId="0" xr:uid="{B230A0AF-D32F-4C4E-9A69-FF412B965DA1}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total overload salaries for 2nd 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="L27" authorId="0" shapeId="0" xr:uid="{77793DA3-9233-46F2-87E0-333CF23961E5}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter total part-time salaries for 1st 8 weeks</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="M27" authorId="0" shapeId="0" xr:uid="{189A8131-E133-46DD-8C34-7E03566F8F36}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total part-time salaries for full term</t>
         </r>
       </text>
     </comment>
-    <comment ref="N12" authorId="1" shapeId="0">
+    <comment ref="N27" authorId="0" shapeId="0" xr:uid="{4F701ADB-6AD5-489D-AB14-58937B4CE8FC}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total part-time salaries for 2nd 8 weeks</t>
         </r>
       </text>
     </comment>
-    <comment ref="C13" authorId="1" shapeId="0">
-[...4627 lines deleted...]
-Enter PT/OL Budget
+    <comment ref="B32" authorId="1" shapeId="0" xr:uid="{00000000-0006-0000-0000-00000B010000}">
+      <text>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">Enter PT/OL Budget
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="H35" authorId="1" shapeId="0">
+    <comment ref="H32" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-00000C010000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter Wintersession budget</t>
         </r>
       </text>
     </comment>
-    <comment ref="I35" authorId="1" shapeId="0">
+    <comment ref="I32" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-00000D010000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total Wintersession salaries</t>
         </r>
       </text>
     </comment>
-    <comment ref="B36" authorId="0" shapeId="0">
-[...19 lines deleted...]
-Enter PT/OL Budget
+    <comment ref="B33" authorId="1" shapeId="0" xr:uid="{00000000-0006-0000-0000-00000E010000}">
+      <text>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">Enter PT/OL Budget
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="H36" authorId="1" shapeId="0">
+    <comment ref="H33" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-00000F010000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter Wintersession budget</t>
         </r>
       </text>
     </comment>
-    <comment ref="I36" authorId="1" shapeId="0">
+    <comment ref="I33" authorId="0" shapeId="0" xr:uid="{C0947E95-B472-4054-BF37-48947E4CF5D8}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total Wintersession salaries</t>
         </r>
       </text>
     </comment>
-    <comment ref="B37" authorId="0" shapeId="0">
-[...19 lines deleted...]
-Enter PT/OL Budget
+    <comment ref="B34" authorId="1" shapeId="0" xr:uid="{DA33271E-EB7B-4523-B3F6-73EF94B85243}">
+      <text>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">Enter PT/OL Budget
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="H37" authorId="1" shapeId="0">
+    <comment ref="H34" authorId="0" shapeId="0" xr:uid="{96047D94-692E-40EC-9B43-907FC9B80AF6}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter Wintersession budget</t>
         </r>
       </text>
     </comment>
-    <comment ref="I37" authorId="1" shapeId="0">
+    <comment ref="I34" authorId="0" shapeId="0" xr:uid="{7FA57396-5B2E-4371-9E85-27DC37DC9385}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total Wintersession salaries</t>
         </r>
       </text>
     </comment>
-    <comment ref="B38" authorId="0" shapeId="0">
-[...19 lines deleted...]
-Enter PT/OL Budget
+    <comment ref="B35" authorId="1" shapeId="0" xr:uid="{68C173B6-0A86-4E22-BE55-B26F2FDAC78E}">
+      <text>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">Enter PT/OL Budget
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="H38" authorId="1" shapeId="0">
+    <comment ref="H35" authorId="0" shapeId="0" xr:uid="{5CD2A749-780C-4C89-9073-562EBA44E9EF}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter Wintersession budget</t>
         </r>
       </text>
     </comment>
-    <comment ref="I38" authorId="1" shapeId="0">
+    <comment ref="I35" authorId="0" shapeId="0" xr:uid="{874C0E76-494D-4E33-868B-A877536E5ABD}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total Wintersession salaries</t>
         </r>
       </text>
     </comment>
-    <comment ref="B39" authorId="0" shapeId="0">
-[...19 lines deleted...]
-Enter PT/OL Budget
+    <comment ref="B36" authorId="1" shapeId="0" xr:uid="{6752AE77-2D18-4ABD-A220-3EC23C419233}">
+      <text>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">Enter PT/OL Budget
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="H39" authorId="1" shapeId="0">
+    <comment ref="H36" authorId="0" shapeId="0" xr:uid="{DE29C697-7845-41DD-9751-EB6AE840B54B}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter Wintersession budget</t>
         </r>
       </text>
     </comment>
-    <comment ref="I39" authorId="1" shapeId="0">
+    <comment ref="I36" authorId="0" shapeId="0" xr:uid="{26F3E32C-F21A-4297-90E6-BCD03A162818}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total Wintersession salaries</t>
         </r>
       </text>
     </comment>
-    <comment ref="B40" authorId="0" shapeId="0">
-[...19 lines deleted...]
-Enter PT/OL Budget
+    <comment ref="B37" authorId="1" shapeId="0" xr:uid="{77677A21-884A-49B2-8A0D-9F58651EDC64}">
+      <text>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">Enter PT/OL Budget
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="H40" authorId="1" shapeId="0">
+    <comment ref="H37" authorId="0" shapeId="0" xr:uid="{DB8D4EA8-0064-476B-ACDC-FB5DC3B082B3}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter Wintersession budget</t>
         </r>
       </text>
     </comment>
-    <comment ref="I40" authorId="1" shapeId="0">
+    <comment ref="I37" authorId="0" shapeId="0" xr:uid="{D26A2A45-D871-4E54-80BB-7892B2556714}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter total Wintersession salaries</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/comments2.xml><?xml version="1.0" encoding="utf-8"?>
-<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Madelaine Lanham</author>
   </authors>
   <commentList>
-    <comment ref="F1" authorId="0" shapeId="0">
-[...239 lines deleted...]
-    <comment ref="B5" authorId="0" shapeId="0">
+    <comment ref="H1" authorId="0" shapeId="0" xr:uid="{55ABF2BB-DE08-4499-AAA8-3D4C7CB86B1D}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter current fiscal year</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="B5" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-00000B000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter summer budget amount</t>
         </r>
       </text>
     </comment>
-    <comment ref="C5" authorId="0" shapeId="0">
-[...23 lines deleted...]
-    <comment ref="E5" authorId="0" shapeId="0">
+    <comment ref="C5" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-00000C000000}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter Full Term Salaries processed in previous fiscal year</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="E5" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-00000F000000}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter Summer I salaries for current year</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="F5" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-00000D000000}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter Summer II salaries for current year</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="G5" authorId="0" shapeId="0" xr:uid="{A12073C2-6C59-4F86-B654-AD972E940F67}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter Full Term Salaries for current  year</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="B6" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000011000000}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter summer budget amount</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="C6" authorId="0" shapeId="0" xr:uid="{0CAD9C48-8A44-47B6-9E41-33D8AF373328}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter Full Term Salaries processed in previous fiscal year</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="E6" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000015000000}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter Summer I salaries for appropriate year</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="F6" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000013000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter Summer II salaries for appropriate year</t>
         </r>
       </text>
     </comment>
-    <comment ref="F5" authorId="0" shapeId="0">
-[...23 lines deleted...]
-    <comment ref="G5" authorId="0" shapeId="0">
+    <comment ref="G6" authorId="0" shapeId="0" xr:uid="{F887D98B-6E2F-4E5F-8C8F-679A59594445}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter Full Term Salaries for current  year</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="B7" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000017000000}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter summer budget amount</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="C7" authorId="0" shapeId="0" xr:uid="{789D06FB-CA05-4BA0-81E6-84077770398C}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter Full Term Salaries processed in previous fiscal year</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="E7" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-00001B000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter Summer I salaries for appropriate year</t>
         </r>
       </text>
     </comment>
-    <comment ref="H5" authorId="0" shapeId="0">
-[...23 lines deleted...]
-    <comment ref="B6" authorId="0" shapeId="0">
+    <comment ref="F7" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000019000000}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter Summer II salaries for appropriate year</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="G7" authorId="0" shapeId="0" xr:uid="{ED21255A-4267-4C0B-96C8-CD6378C0871D}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter Full Term Salaries for current  year</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="B8" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-00001D000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter summer budget amount</t>
         </r>
       </text>
     </comment>
-    <comment ref="C6" authorId="0" shapeId="0">
-[...23 lines deleted...]
-    <comment ref="E6" authorId="0" shapeId="0">
+    <comment ref="C8" authorId="0" shapeId="0" xr:uid="{FA92FA77-6B6D-4972-94A6-7386A5623BFA}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter Full Term Salaries processed in previous fiscal year</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="E8" authorId="0" shapeId="0" xr:uid="{297EC341-79FD-448B-B689-DB80368F83FA}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter Summer I salaries for appropriate year</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="F8" authorId="0" shapeId="0" xr:uid="{9391AC32-C764-449D-86B0-5242F964DAF0}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter Summer II salaries for appropriate year</t>
         </r>
       </text>
     </comment>
-    <comment ref="F6" authorId="0" shapeId="0">
-[...23 lines deleted...]
-    <comment ref="G6" authorId="0" shapeId="0">
+    <comment ref="G8" authorId="0" shapeId="0" xr:uid="{5C518821-B974-4846-8684-753CD247929E}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter Full Term Salaries for current  year</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="B9" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000023000000}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter summer budget amount</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="C9" authorId="0" shapeId="0" xr:uid="{44C1C511-9881-40E2-A621-C8F037444520}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter Full Term Salaries processed in previous fiscal year</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="E9" authorId="0" shapeId="0" xr:uid="{FA3439B5-7541-46C9-8415-1465E3057411}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter Summer I salaries for appropriate year</t>
         </r>
       </text>
     </comment>
-    <comment ref="H6" authorId="0" shapeId="0">
-[...71 lines deleted...]
-    <comment ref="E7" authorId="0" shapeId="0">
+    <comment ref="F9" authorId="0" shapeId="0" xr:uid="{006A76B2-1A99-4A97-BAAB-8B7F28994D7C}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter Summer II salaries for appropriate year</t>
         </r>
       </text>
     </comment>
-    <comment ref="F7" authorId="0" shapeId="0">
-[...23 lines deleted...]
-    <comment ref="G7" authorId="0" shapeId="0">
+    <comment ref="G9" authorId="0" shapeId="0" xr:uid="{28C3D6BC-D480-493C-AB41-0D6A4ED48807}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter Full Term Salaries for current  year</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="B10" authorId="0" shapeId="0" xr:uid="{A4440C02-42E8-4070-9B19-53A0C60B9B98}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter Summer Budget amount</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="C10" authorId="0" shapeId="0" xr:uid="{5592DA3D-B03B-4E04-B1EA-0EEED8726F59}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter Full Term Salaries processed in previous fiscal year</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="E10" authorId="0" shapeId="0" xr:uid="{F99237DC-86EF-43E3-8D56-E0FA4651F393}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter Summer I salaries for appropriate year</t>
         </r>
       </text>
     </comment>
-    <comment ref="H7" authorId="0" shapeId="0">
-[...71 lines deleted...]
-    <comment ref="E8" authorId="0" shapeId="0">
+    <comment ref="F10" authorId="0" shapeId="0" xr:uid="{35BC54EC-30D6-45C0-BD66-EE3AFD6AAC33}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Madelaine Lanham:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Enter Summer II salaries for appropriate year</t>
         </r>
       </text>
     </comment>
-    <comment ref="F8" authorId="0" shapeId="0">
-[...355 lines deleted...]
-Enter Full Term Salaries for appropriate year</t>
+    <comment ref="G10" authorId="0" shapeId="0" xr:uid="{D198C390-44DC-410F-B9CE-21EB9B79154A}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Madelaine Lanham:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Enter Full Term Salaries for current  year</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="85" uniqueCount="60">
   <si>
     <t>College</t>
   </si>
   <si>
     <t>School</t>
   </si>
   <si>
     <t>Overload Salaries</t>
   </si>
   <si>
-    <t>Part-Time Salaries</t>
-[...1 lines deleted...]
-  <si>
     <t>1st 8 Wks</t>
   </si>
   <si>
     <t>Full Term</t>
   </si>
   <si>
     <t>2nd 8 Wks</t>
-  </si>
-[...1 lines deleted...]
-    <t>AE</t>
   </si>
   <si>
     <t>HUMN</t>
   </si>
   <si>
     <t>SCIE</t>
   </si>
   <si>
     <t>SEDU</t>
   </si>
   <si>
     <t>VAPA</t>
   </si>
   <si>
-    <t>AE Totals</t>
-[...7 lines deleted...]
-  <si>
     <t>SAFI</t>
   </si>
   <si>
     <t>SBSS</t>
   </si>
   <si>
-    <t>SGMT</t>
-[...4 lines deleted...]
-  <si>
     <t>NURS</t>
-  </si>
-[...4 lines deleted...]
-    <t>SB Totals</t>
   </si>
   <si>
     <t>Fall</t>
   </si>
   <si>
     <t>Spring</t>
   </si>
   <si>
     <t>Winter Budget</t>
   </si>
   <si>
-    <t>PTOL Budget</t>
-[...1 lines deleted...]
-  <si>
     <t>Totals</t>
   </si>
   <si>
-    <t>Fall OL Salaries</t>
-[...13 lines deleted...]
-  <si>
     <t>SOAH</t>
-  </si>
-[...13 lines deleted...]
-    <t>ULMOL</t>
   </si>
   <si>
     <t>Totals:</t>
   </si>
   <si>
     <t>Winter Salaries</t>
-  </si>
-[...17 lines deleted...]
-    <t>Total Spring PTOL Salaries</t>
   </si>
   <si>
     <t>Balance</t>
   </si>
   <si>
     <t>Winter
 Balance</t>
   </si>
   <si>
-    <t>FULL TERM
-(2nd Half)</t>
+    <t>COLLEGE</t>
   </si>
   <si>
-    <t>SUMMER II</t>
+    <t>BEGINNING SUMMER BUDGET</t>
   </si>
   <si>
-    <t>MAYMESTER</t>
+    <t>BALANCE</t>
   </si>
   <si>
-    <t>SUMMER I</t>
+    <t>Academic Year:</t>
+  </si>
+  <si>
+    <t>Balance Remaining</t>
+  </si>
+  <si>
+    <t>SMGT</t>
+  </si>
+  <si>
+    <t>CGMT</t>
+  </si>
+  <si>
+    <t>HONR</t>
+  </si>
+  <si>
+    <r>
+      <t>FULL TERM</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">(1st half funded from </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <u/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>current</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> fiscal year)</t>
+    </r>
   </si>
   <si>
     <r>
       <t>FULL TERM TOTAL</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <i/>
-        <sz val="9"/>
+        <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">(1st half funded from </t>
     </r>
     <r>
       <rPr>
         <i/>
         <u/>
-        <sz val="9"/>
+        <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">previous
 </t>
     </r>
     <r>
       <rPr>
         <i/>
-        <sz val="9"/>
+        <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">fiscal year
 &amp;
 2nd half funded from </t>
     </r>
     <r>
       <rPr>
         <i/>
         <u/>
-        <sz val="9"/>
+        <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>current</t>
     </r>
     <r>
       <rPr>
         <i/>
-        <sz val="9"/>
+        <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
  fiscal year)</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">FULL TERM TOTAL
 </t>
     </r>
     <r>
       <rPr>
         <i/>
-        <sz val="9"/>
+        <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>(1st half funded
 from</t>
     </r>
     <r>
       <rPr>
         <i/>
         <u/>
-        <sz val="9"/>
+        <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">current
 </t>
     </r>
     <r>
       <rPr>
         <i/>
-        <sz val="9"/>
+        <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">fiscal year
 &amp;
 2nd half funded
 from </t>
     </r>
     <r>
       <rPr>
         <i/>
         <u/>
-        <sz val="9"/>
+        <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">next
 </t>
     </r>
     <r>
       <rPr>
         <i/>
-        <sz val="9"/>
+        <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>fiscal year)</t>
     </r>
   </si>
   <si>
-    <t>FULL TERM
-(1st Half)</t>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>FULL TERM</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">(2nd half funded from </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <u/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>current</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> fiscal year)</t>
+    </r>
   </si>
   <si>
-    <t>COLLEGE</t>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>SUMMER I</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>(funded from current Fiscal year)</t>
+    </r>
   </si>
   <si>
-    <t>BEGINNING SUMMER BUDGET</t>
+    <r>
+      <t xml:space="preserve">SUMMER II
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>(funded from current fiscal year)</t>
+    </r>
   </si>
   <si>
-    <t>BALANCE</t>
+    <r>
+      <t xml:space="preserve">Summer Salaries for:
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>(include salaries processed through FLAC &amp; PAFs)</t>
+    </r>
   </si>
   <si>
-    <t>Part-Time/Overload &amp; Wintersession Salaries</t>
+    <t>2PHINT</t>
   </si>
   <si>
-    <t>Academic Year:</t>
+    <t>CAES</t>
   </si>
   <si>
-    <t>Balance Remaining</t>
+    <t>CAES Totals</t>
+  </si>
+  <si>
+    <t>CAES-eTEACH</t>
+  </si>
+  <si>
+    <t>CAES-eTEACH Totals</t>
+  </si>
+  <si>
+    <t>CHS</t>
+  </si>
+  <si>
+    <t>CHS Totals</t>
+  </si>
+  <si>
+    <t>CPY</t>
+  </si>
+  <si>
+    <t>CPY Totals</t>
+  </si>
+  <si>
+    <t>CBSS</t>
+  </si>
+  <si>
+    <t>CBSS Totals</t>
+  </si>
+  <si>
+    <t>Honors</t>
+  </si>
+  <si>
+    <t>Honors Totals</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Adjunct/Overload &amp; Wintersession Salaries
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>(include salaries processed through FLAC &amp; PAFs)</t>
+    </r>
+  </si>
+  <si>
+    <t>Adjunct Salaries</t>
+  </si>
+  <si>
+    <t>Adjunct/
+Overload
+ Budget</t>
+  </si>
+  <si>
+    <t>Fall Overload Salaries</t>
+  </si>
+  <si>
+    <t>Fall Adjunct Salaries</t>
+  </si>
+  <si>
+    <t>Total Fall Salaries</t>
+  </si>
+  <si>
+    <t>Adjunct/
+Overload Budget
+- Fall  Salaries</t>
+  </si>
+  <si>
+    <t>Spring Overload Salaries</t>
+  </si>
+  <si>
+    <t>Spring Adjunct Salaries</t>
+  </si>
+  <si>
+    <t>Total Spring Salaries</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0"/>
   </numFmts>
-  <fonts count="14" x14ac:knownFonts="1">
+  <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -8548,122 +5665,135 @@
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
-      <sz val="9"/>
+      <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <u/>
-      <sz val="9"/>
+      <sz val="10"/>
       <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color rgb="FFC00000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <charset val="1"/>
     </font>
   </fonts>
-  <fills count="8">
+  <fills count="9">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2" tint="-9.9978637043366805E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFFFF99"/>
-[...4 lines deleted...]
-      <patternFill patternType="solid">
         <fgColor theme="6" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="4" tint="0.79998168889431442"/>
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFC00000"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFC000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="6">
+  <borders count="9">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -8678,305 +5808,392 @@
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
       <left style="thin">
-        <color auto="1"/>
+        <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
-        <color auto="1"/>
+        <color indexed="64"/>
       </top>
-      <bottom/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="92">
+  <cellXfs count="110">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="165" fontId="7" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="165" fontId="7" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="165" fontId="7" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1"/>
+    <xf numFmtId="165" fontId="2" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="2" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="165" fontId="2" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="165" fontId="7" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...4 lines deleted...]
-    <xf numFmtId="165" fontId="2" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="165" fontId="2" fillId="3" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="2" fillId="3" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="2" fillId="3" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="3" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="165" fontId="2" fillId="3" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="165" fontId="2" fillId="3" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="2" fillId="4" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="2" fillId="4" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="2" fillId="4" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="165" fontId="2" fillId="4" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="2" fillId="3" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="2" fillId="3" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="2" fillId="3" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-[...5 lines deleted...]
-      <alignment wrapText="1"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment wrapText="1"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-[...1 lines deleted...]
-      <alignment horizontal="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyProtection="1"/>
-[...20 lines deleted...]
-    <xf numFmtId="165" fontId="7" fillId="6" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="165" fontId="7" fillId="6" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="165" fontId="7" fillId="7" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="165" fontId="1" fillId="5" borderId="1" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="165" fontId="7" fillId="7" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="1" fillId="5" borderId="1" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="6" borderId="1" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="5" borderId="1" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="5" borderId="1" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="7" fillId="8" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="8" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="8" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="165" fontId="2" fillId="8" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyProtection="1"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="7" fillId="8" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="2" fillId="8" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="2" fillId="8" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="5" xfId="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="6" xfId="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="8" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="8" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="6" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="7" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="0" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="1" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="5" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="6" fillId="6" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="2" fillId="5" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="0" fillId="5" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="6" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="1" fillId="5" borderId="3" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...44 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="4" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="164" fontId="2" fillId="5" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
-      <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 4" xfId="1"/>
+    <cellStyle name="Normal 4" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFF99"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -9226,7585 +6443,6414 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor rgb="FFC00000"/>
   </sheetPr>
-  <dimension ref="A1:AG266"/>
+  <dimension ref="A1:BK263"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
-      <pane ySplit="4" topLeftCell="A26" activePane="bottomLeft" state="frozen"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <pane ySplit="4" topLeftCell="A11" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="G1" sqref="G1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="9.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="9.85546875" style="6" bestFit="1" customWidth="1"/>
     <col min="3" max="4" width="9.140625" style="1"/>
     <col min="5" max="5" width="11.140625" style="1" customWidth="1"/>
     <col min="6" max="7" width="9.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="10.85546875" style="1" customWidth="1"/>
     <col min="9" max="9" width="9.140625" style="1"/>
     <col min="10" max="10" width="10" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="12" width="11.42578125" style="5" customWidth="1"/>
     <col min="13" max="13" width="10.42578125" style="5" customWidth="1"/>
     <col min="14" max="14" width="12.5703125" style="5" customWidth="1"/>
     <col min="15" max="15" width="10.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="16" max="17" width="11.42578125" style="1" customWidth="1"/>
     <col min="18" max="18" width="9.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="19" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:33" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-[...67 lines deleted...]
-      <c r="B3" s="87" t="s">
+    <row r="1" spans="1:63" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="59"/>
+      <c r="B1" s="59"/>
+      <c r="C1" s="59"/>
+      <c r="D1" s="59"/>
+      <c r="E1" s="82" t="s">
+        <v>25</v>
+      </c>
+      <c r="F1" s="82"/>
+      <c r="G1" s="32"/>
+      <c r="H1" s="77" t="s">
+        <v>50</v>
+      </c>
+      <c r="I1" s="77"/>
+      <c r="J1" s="77"/>
+      <c r="K1" s="77"/>
+      <c r="L1" s="77"/>
+      <c r="M1" s="77"/>
+      <c r="N1" s="77"/>
+      <c r="O1" s="59"/>
+      <c r="P1" s="59"/>
+      <c r="Q1" s="59"/>
+      <c r="R1" s="59"/>
+    </row>
+    <row r="2" spans="1:63" s="2" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A2" s="60"/>
+      <c r="B2" s="61"/>
+      <c r="C2" s="79" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" s="80"/>
+      <c r="E2" s="80"/>
+      <c r="F2" s="80"/>
+      <c r="G2" s="80"/>
+      <c r="H2" s="80"/>
+      <c r="I2" s="81" t="s">
+        <v>14</v>
+      </c>
+      <c r="J2" s="81"/>
+      <c r="K2" s="81"/>
+      <c r="L2" s="81"/>
+      <c r="M2" s="81"/>
+      <c r="N2" s="81"/>
+      <c r="O2" s="60"/>
+      <c r="P2" s="60"/>
+      <c r="Q2" s="60"/>
+      <c r="R2" s="60"/>
+    </row>
+    <row r="3" spans="1:63" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="88" t="s">
+        <v>0</v>
+      </c>
+      <c r="B3" s="88" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="88" t="s">
+      <c r="C3" s="89" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="88"/>
-[...1 lines deleted...]
-      <c r="F3" s="89" t="s">
+      <c r="D3" s="89"/>
+      <c r="E3" s="89"/>
+      <c r="F3" s="90" t="s">
+        <v>51</v>
+      </c>
+      <c r="G3" s="90"/>
+      <c r="H3" s="90"/>
+      <c r="I3" s="89" t="s">
+        <v>2</v>
+      </c>
+      <c r="J3" s="89"/>
+      <c r="K3" s="89"/>
+      <c r="L3" s="90" t="s">
+        <v>51</v>
+      </c>
+      <c r="M3" s="90"/>
+      <c r="N3" s="90"/>
+      <c r="O3" s="63"/>
+      <c r="P3" s="64"/>
+      <c r="Q3" s="64"/>
+      <c r="R3" s="65"/>
+    </row>
+    <row r="4" spans="1:63" s="3" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="88"/>
+      <c r="B4" s="88"/>
+      <c r="C4" s="10" t="s">
         <v>3</v>
       </c>
-      <c r="G3" s="89"/>
-[...6 lines deleted...]
-      <c r="L3" s="89" t="s">
+      <c r="D4" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="E4" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="F4" s="10" t="s">
         <v>3</v>
       </c>
-      <c r="M3" s="89"/>
-[...17 lines deleted...]
-      <c r="C4" s="12" t="s">
+      <c r="G4" s="10" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="12" t="s">
+      <c r="H4" s="10" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="12" t="s">
+      <c r="I4" s="10" t="s">
+        <v>3</v>
+      </c>
+      <c r="J4" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="K4" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="L4" s="10" t="s">
+        <v>3</v>
+      </c>
+      <c r="M4" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="N4" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="O4" s="66"/>
+      <c r="P4" s="66"/>
+      <c r="Q4" s="64"/>
+      <c r="R4" s="67"/>
+    </row>
+    <row r="5" spans="1:63" x14ac:dyDescent="0.2">
+      <c r="A5" s="71" t="s">
+        <v>38</v>
+      </c>
+      <c r="B5" s="52" t="s">
         <v>6</v>
       </c>
-      <c r="F4" s="12" t="s">
-[...52 lines deleted...]
-      </c>
       <c r="C5" s="4"/>
-      <c r="D5" s="4"/>
+      <c r="D5" s="4">
+        <v>0</v>
+      </c>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
       <c r="L5" s="4"/>
       <c r="M5" s="4"/>
       <c r="N5" s="4"/>
-      <c r="O5" s="17"/>
-[...15 lines deleted...]
-        <v>9</v>
+      <c r="O5" s="68"/>
+      <c r="P5" s="65"/>
+      <c r="Q5" s="65"/>
+      <c r="R5" s="65"/>
+    </row>
+    <row r="6" spans="1:63" x14ac:dyDescent="0.2">
+      <c r="A6" s="71"/>
+      <c r="B6" s="52" t="s">
+        <v>7</v>
       </c>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
       <c r="G6" s="4"/>
       <c r="H6" s="4"/>
       <c r="I6" s="4"/>
       <c r="J6" s="4"/>
       <c r="K6" s="4"/>
       <c r="L6" s="4"/>
       <c r="M6" s="4"/>
       <c r="N6" s="4"/>
-      <c r="O6" s="19"/>
-[...15 lines deleted...]
-        <v>10</v>
+      <c r="O6" s="68"/>
+      <c r="P6" s="65"/>
+      <c r="Q6" s="65"/>
+      <c r="R6" s="65"/>
+    </row>
+    <row r="7" spans="1:63" x14ac:dyDescent="0.2">
+      <c r="A7" s="71"/>
+      <c r="B7" s="52" t="s">
+        <v>8</v>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
       <c r="G7" s="4"/>
       <c r="H7" s="4"/>
       <c r="I7" s="4"/>
       <c r="J7" s="4"/>
       <c r="K7" s="4"/>
       <c r="L7" s="4"/>
       <c r="M7" s="4"/>
       <c r="N7" s="4"/>
-      <c r="O7" s="19"/>
-[...15 lines deleted...]
-        <v>11</v>
+      <c r="O7" s="68"/>
+      <c r="P7" s="65"/>
+      <c r="Q7" s="65"/>
+      <c r="R7" s="65"/>
+    </row>
+    <row r="8" spans="1:63" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="71"/>
+      <c r="B8" s="52" t="s">
+        <v>9</v>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="4"/>
       <c r="E8" s="4"/>
       <c r="F8" s="4"/>
       <c r="G8" s="4"/>
       <c r="H8" s="4"/>
       <c r="I8" s="4"/>
       <c r="J8" s="4"/>
       <c r="K8" s="4"/>
       <c r="L8" s="4"/>
       <c r="M8" s="4"/>
       <c r="N8" s="4"/>
-      <c r="O8" s="19"/>
-[...17 lines deleted...]
-      <c r="C9" s="21">
+      <c r="O8" s="68"/>
+      <c r="P8" s="65"/>
+      <c r="Q8" s="65"/>
+      <c r="R8" s="65"/>
+    </row>
+    <row r="9" spans="1:63" x14ac:dyDescent="0.2">
+      <c r="A9" s="74" t="s">
+        <v>39</v>
+      </c>
+      <c r="B9" s="75"/>
+      <c r="C9" s="14">
         <f t="shared" ref="C9:N9" si="0">SUM(C5:C8)</f>
         <v>0</v>
       </c>
-      <c r="D9" s="21">
+      <c r="D9" s="14">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="E9" s="21">
+      <c r="E9" s="14">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F9" s="21">
+      <c r="F9" s="14">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G9" s="21">
+      <c r="G9" s="14">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="H9" s="21">
+      <c r="H9" s="14">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="I9" s="29">
+      <c r="I9" s="19">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="J9" s="29">
+      <c r="J9" s="19">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K9" s="29">
+      <c r="K9" s="19">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L9" s="29">
+      <c r="L9" s="19">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="M9" s="29">
+      <c r="M9" s="19">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="N9" s="29">
+      <c r="N9" s="19">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="O9" s="20"/>
-[...16 lines deleted...]
-      <c r="B10" s="13" t="s">
+      <c r="O9" s="69"/>
+      <c r="P9" s="66"/>
+      <c r="Q9" s="66"/>
+      <c r="R9" s="65"/>
+      <c r="S9" s="62"/>
+    </row>
+    <row r="10" spans="1:63" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="83"/>
+      <c r="B10" s="83"/>
+      <c r="C10" s="83"/>
+      <c r="D10" s="83"/>
+      <c r="E10" s="83"/>
+      <c r="F10" s="83"/>
+      <c r="G10" s="83"/>
+      <c r="H10" s="83"/>
+      <c r="I10" s="83"/>
+      <c r="J10" s="83"/>
+      <c r="K10" s="83"/>
+      <c r="L10" s="83"/>
+      <c r="M10" s="83"/>
+      <c r="N10" s="83"/>
+      <c r="O10" s="70"/>
+      <c r="P10" s="70"/>
+      <c r="Q10" s="70"/>
+      <c r="R10" s="70"/>
+      <c r="S10" s="46"/>
+      <c r="T10" s="46"/>
+      <c r="U10" s="46"/>
+      <c r="V10" s="46"/>
+      <c r="W10" s="46"/>
+      <c r="X10" s="46"/>
+      <c r="Y10" s="46"/>
+      <c r="Z10" s="46"/>
+      <c r="AA10" s="46"/>
+      <c r="AB10" s="46"/>
+      <c r="AC10" s="46"/>
+      <c r="AD10" s="46"/>
+      <c r="AE10" s="46"/>
+      <c r="AF10" s="46"/>
+      <c r="AG10" s="46"/>
+      <c r="AH10" s="46"/>
+      <c r="AI10" s="46"/>
+      <c r="AJ10" s="46"/>
+      <c r="AK10" s="46"/>
+      <c r="AL10" s="46"/>
+      <c r="AM10" s="46"/>
+      <c r="AN10" s="46"/>
+      <c r="AO10" s="46"/>
+      <c r="AP10" s="46"/>
+      <c r="AQ10" s="46"/>
+      <c r="AR10" s="46"/>
+      <c r="AS10" s="46"/>
+      <c r="AT10" s="46"/>
+      <c r="AU10" s="46"/>
+      <c r="AV10" s="46"/>
+      <c r="AW10" s="46"/>
+      <c r="AX10" s="46"/>
+      <c r="AY10" s="46"/>
+      <c r="AZ10" s="46"/>
+      <c r="BA10" s="46"/>
+      <c r="BB10" s="46"/>
+      <c r="BC10" s="46"/>
+      <c r="BD10" s="46"/>
+      <c r="BE10" s="46"/>
+      <c r="BF10" s="46"/>
+      <c r="BG10" s="46"/>
+      <c r="BH10" s="46"/>
+      <c r="BI10" s="46"/>
+      <c r="BJ10" s="46"/>
+      <c r="BK10" s="46"/>
+    </row>
+    <row r="11" spans="1:63" x14ac:dyDescent="0.2">
+      <c r="A11" s="47" t="s">
+        <v>40</v>
+      </c>
+      <c r="B11" s="33" t="s">
+        <v>8</v>
+      </c>
+      <c r="C11" s="4"/>
+      <c r="D11" s="4"/>
+      <c r="E11" s="4"/>
+      <c r="F11" s="4"/>
+      <c r="G11" s="4"/>
+      <c r="H11" s="4"/>
+      <c r="I11" s="4"/>
+      <c r="J11" s="4"/>
+      <c r="K11" s="4"/>
+      <c r="L11" s="4"/>
+      <c r="M11" s="4"/>
+      <c r="N11" s="4"/>
+      <c r="O11" s="68"/>
+      <c r="P11" s="65"/>
+      <c r="Q11" s="65"/>
+      <c r="R11" s="65"/>
+    </row>
+    <row r="12" spans="1:63" x14ac:dyDescent="0.2">
+      <c r="A12" s="86" t="s">
+        <v>41</v>
+      </c>
+      <c r="B12" s="87"/>
+      <c r="C12" s="14">
+        <f t="shared" ref="C12:H12" si="1">C11</f>
+        <v>0</v>
+      </c>
+      <c r="D12" s="14">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="E12" s="14">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="F12" s="14">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="G12" s="14">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="H12" s="14">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="I12" s="19">
+        <f t="shared" ref="I12:N12" si="2">SUM(I11)</f>
+        <v>0</v>
+      </c>
+      <c r="J12" s="19">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="K12" s="19">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="L12" s="19">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="M12" s="22">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="N12" s="27">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="O12" s="69"/>
+      <c r="P12" s="66"/>
+      <c r="Q12" s="66"/>
+      <c r="R12" s="65"/>
+      <c r="S12" s="62"/>
+    </row>
+    <row r="13" spans="1:63" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="83"/>
+      <c r="B13" s="83"/>
+      <c r="C13" s="83"/>
+      <c r="D13" s="83"/>
+      <c r="E13" s="83"/>
+      <c r="F13" s="83"/>
+      <c r="G13" s="83"/>
+      <c r="H13" s="83"/>
+      <c r="I13" s="83"/>
+      <c r="J13" s="83"/>
+      <c r="K13" s="83"/>
+      <c r="L13" s="83"/>
+      <c r="M13" s="83"/>
+      <c r="N13" s="83"/>
+      <c r="O13" s="70"/>
+      <c r="P13" s="70"/>
+      <c r="Q13" s="70"/>
+      <c r="R13" s="70"/>
+      <c r="S13" s="46"/>
+      <c r="T13" s="46"/>
+      <c r="U13" s="46"/>
+      <c r="V13" s="46"/>
+      <c r="W13" s="46"/>
+      <c r="X13" s="46"/>
+      <c r="Y13" s="46"/>
+      <c r="Z13" s="46"/>
+      <c r="AA13" s="46"/>
+      <c r="AB13" s="46"/>
+      <c r="AC13" s="46"/>
+      <c r="AD13" s="46"/>
+      <c r="AE13" s="46"/>
+      <c r="AF13" s="46"/>
+      <c r="AG13" s="46"/>
+      <c r="AH13" s="46"/>
+      <c r="AI13" s="46"/>
+      <c r="AJ13" s="46"/>
+      <c r="AK13" s="46"/>
+      <c r="AL13" s="46"/>
+      <c r="AM13" s="46"/>
+      <c r="AN13" s="46"/>
+      <c r="AO13" s="46"/>
+      <c r="AP13" s="46"/>
+      <c r="AQ13" s="46"/>
+      <c r="AR13" s="46"/>
+      <c r="AS13" s="46"/>
+      <c r="AT13" s="46"/>
+      <c r="AU13" s="46"/>
+      <c r="AV13" s="46"/>
+      <c r="AW13" s="46"/>
+      <c r="AX13" s="46"/>
+      <c r="AY13" s="46"/>
+      <c r="AZ13" s="46"/>
+      <c r="BA13" s="46"/>
+      <c r="BB13" s="46"/>
+      <c r="BC13" s="46"/>
+      <c r="BD13" s="46"/>
+      <c r="BE13" s="46"/>
+      <c r="BF13" s="46"/>
+      <c r="BG13" s="46"/>
+      <c r="BH13" s="46"/>
+      <c r="BI13" s="46"/>
+      <c r="BJ13" s="46"/>
+      <c r="BK13" s="46"/>
+    </row>
+    <row r="14" spans="1:63" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="72" t="s">
+        <v>46</v>
+      </c>
+      <c r="B14" s="53" t="s">
+        <v>28</v>
+      </c>
+      <c r="C14" s="4"/>
+      <c r="D14" s="4"/>
+      <c r="E14" s="4"/>
+      <c r="F14" s="4"/>
+      <c r="G14" s="4"/>
+      <c r="H14" s="4"/>
+      <c r="I14" s="4"/>
+      <c r="J14" s="4"/>
+      <c r="K14" s="4"/>
+      <c r="L14" s="4"/>
+      <c r="M14" s="4"/>
+      <c r="N14" s="4"/>
+      <c r="O14" s="69"/>
+      <c r="P14" s="66"/>
+      <c r="Q14" s="66"/>
+      <c r="R14" s="65"/>
+      <c r="S14" s="62"/>
+    </row>
+    <row r="15" spans="1:63" x14ac:dyDescent="0.2">
+      <c r="A15" s="72"/>
+      <c r="B15" s="53" t="s">
         <v>10</v>
       </c>
-      <c r="C10" s="4"/>
-[...242 lines deleted...]
-      </c>
+      <c r="C15" s="4"/>
+      <c r="D15" s="4"/>
+      <c r="E15" s="4"/>
+      <c r="F15" s="4"/>
+      <c r="G15" s="4"/>
+      <c r="H15" s="4"/>
       <c r="I15" s="4"/>
       <c r="J15" s="4"/>
       <c r="K15" s="4"/>
       <c r="L15" s="4"/>
       <c r="M15" s="4"/>
       <c r="N15" s="4"/>
-      <c r="O15" s="20"/>
-[...83 lines deleted...]
-        <v>15</v>
+      <c r="O15" s="68"/>
+      <c r="P15" s="65"/>
+      <c r="Q15" s="65"/>
+      <c r="R15" s="65"/>
+    </row>
+    <row r="16" spans="1:63" x14ac:dyDescent="0.2">
+      <c r="A16" s="72"/>
+      <c r="B16" s="53" t="s">
+        <v>11</v>
+      </c>
+      <c r="C16" s="4"/>
+      <c r="D16" s="4"/>
+      <c r="E16" s="4"/>
+      <c r="F16" s="4"/>
+      <c r="G16" s="4"/>
+      <c r="H16" s="4"/>
+      <c r="I16" s="4"/>
+      <c r="J16" s="4"/>
+      <c r="K16" s="4"/>
+      <c r="L16" s="4"/>
+      <c r="M16" s="4"/>
+      <c r="N16" s="4"/>
+      <c r="O16" s="68"/>
+      <c r="P16" s="65"/>
+      <c r="Q16" s="65"/>
+      <c r="R16" s="65"/>
+    </row>
+    <row r="17" spans="1:63" x14ac:dyDescent="0.2">
+      <c r="A17" s="72"/>
+      <c r="B17" s="53" t="s">
+        <v>27</v>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="4"/>
       <c r="E17" s="4"/>
       <c r="F17" s="4"/>
       <c r="G17" s="4"/>
       <c r="H17" s="4"/>
       <c r="I17" s="4"/>
       <c r="J17" s="4"/>
       <c r="K17" s="4"/>
       <c r="L17" s="4"/>
       <c r="M17" s="4"/>
       <c r="N17" s="4"/>
-      <c r="O17" s="19"/>
-[...44 lines deleted...]
-      <c r="B19" s="13" t="s">
+      <c r="O17" s="68"/>
+      <c r="P17" s="65"/>
+      <c r="Q17" s="65"/>
+      <c r="R17" s="65"/>
+    </row>
+    <row r="18" spans="1:63" x14ac:dyDescent="0.2">
+      <c r="A18" s="74" t="s">
+        <v>47</v>
+      </c>
+      <c r="B18" s="75"/>
+      <c r="C18" s="14">
+        <f>SUM(C14:C17)</f>
+        <v>0</v>
+      </c>
+      <c r="D18" s="14">
+        <f t="shared" ref="D18:H18" si="3">SUM(D14:D17)</f>
+        <v>0</v>
+      </c>
+      <c r="E18" s="14">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="F18" s="14">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="G18" s="14">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="H18" s="14">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="I18" s="19">
+        <f>SUM(I14:I17)</f>
+        <v>0</v>
+      </c>
+      <c r="J18" s="19">
+        <f t="shared" ref="J18:N18" si="4">SUM(J14:J17)</f>
+        <v>0</v>
+      </c>
+      <c r="K18" s="19">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="L18" s="19">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="M18" s="19">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="N18" s="19">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="O18" s="69"/>
+      <c r="P18" s="66"/>
+      <c r="Q18" s="66"/>
+      <c r="R18" s="65"/>
+      <c r="S18" s="62"/>
+    </row>
+    <row r="19" spans="1:63" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="84"/>
+      <c r="B19" s="84"/>
+      <c r="C19" s="84"/>
+      <c r="D19" s="84"/>
+      <c r="E19" s="84"/>
+      <c r="F19" s="84"/>
+      <c r="G19" s="84"/>
+      <c r="H19" s="84"/>
+      <c r="I19" s="84"/>
+      <c r="J19" s="84"/>
+      <c r="K19" s="84"/>
+      <c r="L19" s="84"/>
+      <c r="M19" s="84"/>
+      <c r="N19" s="84"/>
+      <c r="O19" s="69"/>
+      <c r="P19" s="66"/>
+      <c r="Q19" s="66"/>
+      <c r="R19" s="65"/>
+      <c r="S19" s="62"/>
+    </row>
+    <row r="20" spans="1:63" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="72" t="s">
+        <v>42</v>
+      </c>
+      <c r="B20" s="52" t="s">
+        <v>12</v>
+      </c>
+      <c r="C20" s="4"/>
+      <c r="D20" s="4"/>
+      <c r="E20" s="4"/>
+      <c r="F20" s="4"/>
+      <c r="G20" s="4"/>
+      <c r="H20" s="4"/>
+      <c r="I20" s="4"/>
+      <c r="J20" s="4"/>
+      <c r="K20" s="4"/>
+      <c r="L20" s="4"/>
+      <c r="M20" s="4"/>
+      <c r="N20" s="4"/>
+      <c r="O20" s="68"/>
+      <c r="P20" s="65"/>
+      <c r="Q20" s="65"/>
+      <c r="R20" s="65"/>
+    </row>
+    <row r="21" spans="1:63" x14ac:dyDescent="0.2">
+      <c r="A21" s="72"/>
+      <c r="B21" s="53" t="s">
         <v>17</v>
-      </c>
-[...96 lines deleted...]
-        <v>8</v>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="4"/>
       <c r="E21" s="4"/>
       <c r="F21" s="4"/>
       <c r="G21" s="4"/>
       <c r="H21" s="4"/>
       <c r="I21" s="4"/>
       <c r="J21" s="4"/>
       <c r="K21" s="4"/>
       <c r="L21" s="4"/>
       <c r="M21" s="4"/>
       <c r="N21" s="4"/>
-      <c r="O21" s="19"/>
-[...75 lines deleted...]
-        <v>16</v>
+      <c r="O21" s="68"/>
+      <c r="P21" s="65"/>
+      <c r="Q21" s="65"/>
+      <c r="R21" s="65"/>
+    </row>
+    <row r="22" spans="1:63" x14ac:dyDescent="0.2">
+      <c r="A22" s="74" t="s">
+        <v>43</v>
+      </c>
+      <c r="B22" s="75"/>
+      <c r="C22" s="14">
+        <f t="shared" ref="C22:N22" si="5">SUM(C20:C21)</f>
+        <v>0</v>
+      </c>
+      <c r="D22" s="14">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="E22" s="14">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="F22" s="14">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G22" s="14">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H22" s="14">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="I22" s="19">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="J22" s="19">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="K22" s="19">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="L22" s="19">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="M22" s="22">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="N22" s="19">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="O22" s="69"/>
+      <c r="P22" s="66"/>
+      <c r="Q22" s="66"/>
+      <c r="R22" s="65"/>
+      <c r="S22" s="62"/>
+    </row>
+    <row r="23" spans="1:63" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="83"/>
+      <c r="B23" s="83"/>
+      <c r="C23" s="83"/>
+      <c r="D23" s="83"/>
+      <c r="E23" s="83"/>
+      <c r="F23" s="83"/>
+      <c r="G23" s="83"/>
+      <c r="H23" s="83"/>
+      <c r="I23" s="83"/>
+      <c r="J23" s="83"/>
+      <c r="K23" s="83"/>
+      <c r="L23" s="83"/>
+      <c r="M23" s="83"/>
+      <c r="N23" s="83"/>
+      <c r="O23" s="70"/>
+      <c r="P23" s="70"/>
+      <c r="Q23" s="70"/>
+      <c r="R23" s="70"/>
+      <c r="S23" s="46"/>
+      <c r="T23" s="46"/>
+      <c r="U23" s="46"/>
+      <c r="V23" s="46"/>
+      <c r="W23" s="46"/>
+      <c r="X23" s="46"/>
+      <c r="Y23" s="46"/>
+      <c r="Z23" s="46"/>
+      <c r="AA23" s="46"/>
+      <c r="AB23" s="46"/>
+      <c r="AC23" s="46"/>
+      <c r="AD23" s="46"/>
+      <c r="AE23" s="46"/>
+      <c r="AF23" s="46"/>
+      <c r="AG23" s="46"/>
+      <c r="AH23" s="46"/>
+      <c r="AI23" s="46"/>
+      <c r="AJ23" s="46"/>
+      <c r="AK23" s="46"/>
+      <c r="AL23" s="46"/>
+      <c r="AM23" s="46"/>
+      <c r="AN23" s="46"/>
+      <c r="AO23" s="46"/>
+      <c r="AP23" s="46"/>
+      <c r="AQ23" s="46"/>
+      <c r="AR23" s="46"/>
+      <c r="AS23" s="46"/>
+      <c r="AT23" s="46"/>
+      <c r="AU23" s="46"/>
+      <c r="AV23" s="46"/>
+      <c r="AW23" s="46"/>
+      <c r="AX23" s="46"/>
+      <c r="AY23" s="46"/>
+      <c r="AZ23" s="46"/>
+      <c r="BA23" s="46"/>
+      <c r="BB23" s="46"/>
+      <c r="BC23" s="46"/>
+      <c r="BD23" s="46"/>
+      <c r="BE23" s="46"/>
+      <c r="BF23" s="46"/>
+      <c r="BG23" s="46"/>
+      <c r="BH23" s="46"/>
+      <c r="BI23" s="46"/>
+      <c r="BJ23" s="46"/>
+      <c r="BK23" s="46"/>
+    </row>
+    <row r="24" spans="1:63" x14ac:dyDescent="0.2">
+      <c r="A24" s="54" t="s">
+        <v>44</v>
+      </c>
+      <c r="B24" s="53" t="s">
+        <v>37</v>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="4"/>
       <c r="E24" s="4"/>
       <c r="F24" s="4"/>
       <c r="G24" s="4"/>
       <c r="H24" s="4"/>
       <c r="I24" s="4"/>
       <c r="J24" s="4"/>
       <c r="K24" s="4"/>
       <c r="L24" s="4"/>
       <c r="M24" s="4"/>
       <c r="N24" s="4"/>
-      <c r="O24" s="19"/>
-[...75 lines deleted...]
-        <v>17</v>
+      <c r="O24" s="69"/>
+      <c r="P24" s="66"/>
+      <c r="Q24" s="66"/>
+      <c r="R24" s="65"/>
+    </row>
+    <row r="25" spans="1:63" x14ac:dyDescent="0.2">
+      <c r="A25" s="74" t="s">
+        <v>45</v>
+      </c>
+      <c r="B25" s="75"/>
+      <c r="C25" s="14">
+        <f t="shared" ref="C25:N25" si="6">SUM(C24:C24)</f>
+        <v>0</v>
+      </c>
+      <c r="D25" s="14">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="E25" s="14">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="F25" s="14">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="G25" s="14">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H25" s="14">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="I25" s="19">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="J25" s="19">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="K25" s="19">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="L25" s="19">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="M25" s="19">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="N25" s="19">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="O25" s="69"/>
+      <c r="P25" s="66"/>
+      <c r="Q25" s="66"/>
+      <c r="R25" s="65"/>
+      <c r="S25" s="62"/>
+    </row>
+    <row r="26" spans="1:63" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="85"/>
+      <c r="B26" s="85"/>
+      <c r="C26" s="85"/>
+      <c r="D26" s="85"/>
+      <c r="E26" s="85"/>
+      <c r="F26" s="85"/>
+      <c r="G26" s="85"/>
+      <c r="H26" s="85"/>
+      <c r="I26" s="85"/>
+      <c r="J26" s="85"/>
+      <c r="K26" s="85"/>
+      <c r="L26" s="85"/>
+      <c r="M26" s="85"/>
+      <c r="N26" s="85"/>
+      <c r="O26" s="69"/>
+      <c r="P26" s="66"/>
+      <c r="Q26" s="66"/>
+      <c r="R26" s="65"/>
+      <c r="S26" s="62"/>
+    </row>
+    <row r="27" spans="1:63" x14ac:dyDescent="0.2">
+      <c r="A27" s="54" t="s">
+        <v>48</v>
+      </c>
+      <c r="B27" s="53" t="s">
+        <v>29</v>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="4"/>
       <c r="E27" s="4"/>
       <c r="F27" s="4"/>
       <c r="G27" s="4"/>
       <c r="H27" s="4"/>
       <c r="I27" s="4"/>
       <c r="J27" s="4"/>
       <c r="K27" s="4"/>
       <c r="L27" s="4"/>
       <c r="M27" s="4"/>
       <c r="N27" s="4"/>
-      <c r="O27" s="19"/>
-[...135 lines deleted...]
-      <c r="A32" s="14" t="s">
+      <c r="O27" s="68"/>
+      <c r="P27" s="65"/>
+      <c r="Q27" s="65"/>
+      <c r="R27" s="65"/>
+    </row>
+    <row r="28" spans="1:63" x14ac:dyDescent="0.2">
+      <c r="A28" s="74" t="s">
+        <v>49</v>
+      </c>
+      <c r="B28" s="75"/>
+      <c r="C28" s="14">
+        <f t="shared" ref="C28:H28" si="7">C27</f>
+        <v>0</v>
+      </c>
+      <c r="D28" s="14">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+      <c r="E28" s="14">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+      <c r="F28" s="14">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+      <c r="G28" s="14">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+      <c r="H28" s="14">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+      <c r="I28" s="19">
+        <f t="shared" ref="I28:N28" si="8">SUM(I27)</f>
+        <v>0</v>
+      </c>
+      <c r="J28" s="19">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="K28" s="19">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="L28" s="19">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="M28" s="22">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="N28" s="27">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="O28" s="69"/>
+      <c r="P28" s="66"/>
+      <c r="Q28" s="66"/>
+      <c r="R28" s="65"/>
+      <c r="S28" s="62"/>
+    </row>
+    <row r="29" spans="1:63" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="85"/>
+      <c r="B29" s="85"/>
+      <c r="C29" s="85"/>
+      <c r="D29" s="85"/>
+      <c r="E29" s="85"/>
+      <c r="F29" s="85"/>
+      <c r="G29" s="85"/>
+      <c r="H29" s="85"/>
+      <c r="I29" s="85"/>
+      <c r="J29" s="85"/>
+      <c r="K29" s="85"/>
+      <c r="L29" s="85"/>
+      <c r="M29" s="85"/>
+      <c r="N29" s="85"/>
+      <c r="O29" s="69"/>
+      <c r="P29" s="66"/>
+      <c r="Q29" s="66"/>
+      <c r="R29" s="65"/>
+      <c r="S29" s="62"/>
+    </row>
+    <row r="30" spans="1:63" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="76"/>
+      <c r="B30" s="76"/>
+      <c r="C30" s="76"/>
+      <c r="D30" s="76"/>
+      <c r="E30" s="76"/>
+      <c r="F30" s="76"/>
+      <c r="G30" s="76"/>
+      <c r="H30" s="76"/>
+      <c r="I30" s="76"/>
+      <c r="J30" s="76"/>
+      <c r="K30" s="76"/>
+      <c r="L30" s="76"/>
+      <c r="M30" s="76"/>
+      <c r="N30" s="76"/>
+      <c r="O30" s="76"/>
+      <c r="P30" s="76"/>
+      <c r="Q30" s="76"/>
+      <c r="R30" s="76"/>
+    </row>
+    <row r="31" spans="1:63" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A31" s="55" t="s">
+        <v>0</v>
+      </c>
+      <c r="B31" s="56" t="s">
+        <v>52</v>
+      </c>
+      <c r="C31" s="15" t="s">
+        <v>53</v>
+      </c>
+      <c r="D31" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="E31" s="23" t="s">
+        <v>55</v>
+      </c>
+      <c r="F31" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="G31" s="13"/>
+      <c r="H31" s="24" t="s">
+        <v>15</v>
+      </c>
+      <c r="I31" s="25" t="s">
+        <v>19</v>
+      </c>
+      <c r="J31" s="24" t="s">
+        <v>21</v>
+      </c>
+      <c r="K31" s="29"/>
+      <c r="L31" s="78" t="s">
+        <v>26</v>
+      </c>
+      <c r="M31" s="78"/>
+      <c r="N31" s="29"/>
+      <c r="O31" s="20" t="s">
+        <v>57</v>
+      </c>
+      <c r="P31" s="21" t="s">
+        <v>58</v>
+      </c>
+      <c r="Q31" s="28" t="s">
+        <v>59</v>
+      </c>
+      <c r="R31" s="50" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="32" spans="1:63" x14ac:dyDescent="0.2">
+      <c r="A32" s="57" t="s">
+        <v>38</v>
+      </c>
+      <c r="B32" s="48"/>
+      <c r="C32" s="9">
+        <f>SUM(C9:E9)</f>
+        <v>0</v>
+      </c>
+      <c r="D32" s="9">
+        <f>SUM(F9:H9)</f>
+        <v>0</v>
+      </c>
+      <c r="E32" s="17">
+        <f>C32+D32</f>
+        <v>0</v>
+      </c>
+      <c r="F32" s="7">
+        <f>B32-E32</f>
+        <v>0</v>
+      </c>
+      <c r="G32" s="13"/>
+      <c r="H32" s="4"/>
+      <c r="I32" s="4"/>
+      <c r="J32" s="7">
+        <f t="shared" ref="J32:J36" si="9">H32-I32</f>
+        <v>0</v>
+      </c>
+      <c r="K32" s="29"/>
+      <c r="L32" s="73">
+        <f>F32+J32</f>
+        <v>0</v>
+      </c>
+      <c r="M32" s="73"/>
+      <c r="N32" s="29"/>
+      <c r="O32" s="9">
+        <f>SUM(I9:K9)</f>
+        <v>0</v>
+      </c>
+      <c r="P32" s="9">
+        <f>SUM(L9:N9)</f>
+        <v>0</v>
+      </c>
+      <c r="Q32" s="7">
+        <f>O32+P32</f>
+        <v>0</v>
+      </c>
+      <c r="R32" s="51">
+        <f>L32-Q32</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:18" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="57" t="s">
         <v>40</v>
       </c>
-      <c r="B32" s="14"/>
-[...133 lines deleted...]
-      <c r="R34" s="55" t="s">
+      <c r="B33" s="48"/>
+      <c r="C33" s="9">
+        <f>SUM(C12:E12)</f>
+        <v>0</v>
+      </c>
+      <c r="D33" s="9">
+        <f>SUM(F12:H12)</f>
+        <v>0</v>
+      </c>
+      <c r="E33" s="17">
+        <f t="shared" ref="E33:E36" si="10">C33+D33</f>
+        <v>0</v>
+      </c>
+      <c r="F33" s="7">
+        <f>B33-E33</f>
+        <v>0</v>
+      </c>
+      <c r="G33" s="30"/>
+      <c r="H33" s="4"/>
+      <c r="I33" s="4"/>
+      <c r="J33" s="7">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="K33" s="30"/>
+      <c r="L33" s="73">
+        <f t="shared" ref="L33:L37" si="11">F33+J33</f>
+        <v>0</v>
+      </c>
+      <c r="M33" s="73"/>
+      <c r="N33" s="30"/>
+      <c r="O33" s="9">
+        <f>SUM(I12:K12)</f>
+        <v>0</v>
+      </c>
+      <c r="P33" s="9">
+        <f>SUM(L12:N12)</f>
+        <v>0</v>
+      </c>
+      <c r="Q33" s="7">
+        <f>O33+P33</f>
+        <v>0</v>
+      </c>
+      <c r="R33" s="51">
+        <f>L33-Q33</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A34" s="57" t="s">
         <v>46</v>
       </c>
-      <c r="S34" s="18"/>
-[...12 lines deleted...]
-      <c r="B35" s="53"/>
+      <c r="B34" s="48"/>
+      <c r="C34" s="9">
+        <f>SUM(C18:E18)</f>
+        <v>0</v>
+      </c>
+      <c r="D34" s="9">
+        <f>SUM(F18:H18)</f>
+        <v>0</v>
+      </c>
+      <c r="E34" s="17">
+        <f>C34+D34</f>
+        <v>0</v>
+      </c>
+      <c r="F34" s="7">
+        <f>B34-E34</f>
+        <v>0</v>
+      </c>
+      <c r="G34" s="13"/>
+      <c r="H34" s="4"/>
+      <c r="I34" s="4"/>
+      <c r="J34" s="7">
+        <f>H34-I34</f>
+        <v>0</v>
+      </c>
+      <c r="K34" s="29"/>
+      <c r="L34" s="73">
+        <f>F34+J34</f>
+        <v>0</v>
+      </c>
+      <c r="M34" s="73"/>
+      <c r="N34" s="29"/>
+      <c r="O34" s="9">
+        <f>SUM(I18:K18)</f>
+        <v>0</v>
+      </c>
+      <c r="P34" s="9">
+        <f>SUM(L18:N18)</f>
+        <v>0</v>
+      </c>
+      <c r="Q34" s="7">
+        <f>O34+P34</f>
+        <v>0</v>
+      </c>
+      <c r="R34" s="51">
+        <f>L34-Q34</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A35" s="57" t="s">
+        <v>42</v>
+      </c>
+      <c r="B35" s="48"/>
       <c r="C35" s="9">
-        <f>SUM(C9:E9)</f>
+        <f>SUM(C22:E22)</f>
         <v>0</v>
       </c>
       <c r="D35" s="9">
-        <f>SUM(F9:H9)</f>
-[...2 lines deleted...]
-      <c r="E35" s="43">
+        <f>SUM(F22:H22)</f>
+        <v>0</v>
+      </c>
+      <c r="E35" s="17">
         <f>C35+D35</f>
         <v>0</v>
       </c>
       <c r="F35" s="7">
-        <f t="shared" ref="F35:F40" si="9">B35-C35-D35</f>
-[...2 lines deleted...]
-      <c r="G35" s="18"/>
+        <f>B35-E35</f>
+        <v>0</v>
+      </c>
+      <c r="G35" s="13"/>
       <c r="H35" s="4"/>
       <c r="I35" s="4"/>
       <c r="J35" s="7">
-        <f t="shared" ref="J35:J40" si="10">H35-I35</f>
-[...8 lines deleted...]
-      <c r="N35" s="48"/>
+        <f>H35-I35</f>
+        <v>0</v>
+      </c>
+      <c r="K35" s="29"/>
+      <c r="L35" s="73">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="M35" s="73"/>
+      <c r="N35" s="29"/>
       <c r="O35" s="9">
-        <f>SUM(I9:K9)</f>
+        <f>SUM(I22:K22)</f>
         <v>0</v>
       </c>
       <c r="P35" s="9">
-        <f>SUM(L9:N9)</f>
+        <f>SUM(L22:N22)</f>
         <v>0</v>
       </c>
       <c r="Q35" s="7">
         <f>O35+P35</f>
         <v>0</v>
       </c>
-      <c r="R35" s="54">
+      <c r="R35" s="51">
         <f>L35-Q35</f>
         <v>0</v>
       </c>
-      <c r="S35" s="18"/>
-[...12 lines deleted...]
-      <c r="B36" s="53"/>
+    </row>
+    <row r="36" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A36" s="57" t="s">
+        <v>44</v>
+      </c>
+      <c r="B36" s="48"/>
       <c r="C36" s="9">
-        <f>SUM(C11:E11)</f>
+        <f>SUM(C25:E25)</f>
         <v>0</v>
       </c>
       <c r="D36" s="9">
-        <f>SUM(F11:H11)</f>
-[...3 lines deleted...]
-        <f t="shared" ref="E36:E41" si="12">C36+D36</f>
+        <f>SUM(F25:H25)</f>
+        <v>0</v>
+      </c>
+      <c r="E36" s="17">
+        <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="F36" s="7">
-        <f t="shared" si="9"/>
-[...2 lines deleted...]
-      <c r="G36" s="49"/>
+        <f t="shared" ref="F36" si="12">B36-E36</f>
+        <v>0</v>
+      </c>
+      <c r="G36" s="13"/>
       <c r="H36" s="4"/>
       <c r="I36" s="4"/>
       <c r="J36" s="7">
-        <f t="shared" si="10"/>
-[...3 lines deleted...]
-      <c r="L36" s="80">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="K36" s="29"/>
+      <c r="L36" s="73">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="M36" s="80"/>
-      <c r="N36" s="49"/>
+      <c r="M36" s="73"/>
+      <c r="N36" s="29"/>
       <c r="O36" s="9">
-        <f>SUM(I11:K11)</f>
+        <f>SUM(I25:K25)</f>
         <v>0</v>
       </c>
       <c r="P36" s="9">
-        <f>SUM(L11:N11)</f>
+        <f>SUM(L25:N25)</f>
         <v>0</v>
       </c>
       <c r="Q36" s="7">
-        <f t="shared" ref="Q36:Q40" si="13">O36+P36</f>
-[...19 lines deleted...]
-      <c r="B37" s="53"/>
+        <f t="shared" ref="Q36" si="13">O36+P36</f>
+        <v>0</v>
+      </c>
+      <c r="R36" s="51">
+        <f t="shared" ref="R36" si="14">L36-Q36</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A37" s="57" t="s">
+        <v>48</v>
+      </c>
+      <c r="B37" s="48"/>
       <c r="C37" s="9">
-        <f>SUM(C14:E14)</f>
+        <f>SUM(C27:E27)</f>
         <v>0</v>
       </c>
       <c r="D37" s="9">
-        <f>SUM(F14:H14)</f>
-[...3 lines deleted...]
-        <f t="shared" si="12"/>
+        <f>SUM(F27:H27)</f>
+        <v>0</v>
+      </c>
+      <c r="E37" s="17">
+        <f>C37+D37</f>
         <v>0</v>
       </c>
       <c r="F37" s="7">
-        <f t="shared" si="9"/>
-[...2 lines deleted...]
-      <c r="G37" s="18"/>
+        <f>B37-E37</f>
+        <v>0</v>
+      </c>
+      <c r="G37" s="13"/>
       <c r="H37" s="4"/>
       <c r="I37" s="4"/>
       <c r="J37" s="7">
-        <f t="shared" si="10"/>
-[...3 lines deleted...]
-      <c r="L37" s="80">
+        <f>H37-I37</f>
+        <v>0</v>
+      </c>
+      <c r="K37" s="29"/>
+      <c r="L37" s="73">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="M37" s="80"/>
-      <c r="N37" s="48"/>
+      <c r="M37" s="73"/>
+      <c r="N37" s="29"/>
       <c r="O37" s="9">
-        <f>SUM(I14:K14)</f>
+        <f>SUM(I27:K27)</f>
         <v>0</v>
       </c>
       <c r="P37" s="9">
-        <f>SUM(L14:N14)</f>
+        <f>SUM(L27:N27)</f>
         <v>0</v>
       </c>
       <c r="Q37" s="7">
-        <f t="shared" si="13"/>
-[...5662 lines deleted...]
-      <c r="V266" s="18"/>
+        <f>O37+P37</f>
+        <v>0</v>
+      </c>
+      <c r="R37" s="51">
+        <f>L37-Q37</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A38" s="54" t="s">
+        <v>16</v>
+      </c>
+      <c r="B38" s="58">
+        <f>SUM(B32:B37)</f>
+        <v>0</v>
+      </c>
+      <c r="C38" s="16">
+        <f>SUM(C32:C37)</f>
+        <v>0</v>
+      </c>
+      <c r="D38" s="16">
+        <f>SUM(D32:D37)</f>
+        <v>0</v>
+      </c>
+      <c r="E38" s="16">
+        <f>SUM(E32:E37)</f>
+        <v>0</v>
+      </c>
+      <c r="F38" s="16">
+        <f>SUM(F32:F37)</f>
+        <v>0</v>
+      </c>
+      <c r="G38" s="13"/>
+      <c r="H38" s="26">
+        <f>SUM(H32:H37)</f>
+        <v>0</v>
+      </c>
+      <c r="I38" s="26">
+        <f>SUM(I32:I37)</f>
+        <v>0</v>
+      </c>
+      <c r="J38" s="26">
+        <f>SUM(J32:J37)</f>
+        <v>0</v>
+      </c>
+      <c r="K38" s="29"/>
+      <c r="L38" s="73">
+        <f t="shared" ref="L38" si="15">F38+J38</f>
+        <v>0</v>
+      </c>
+      <c r="M38" s="73"/>
+      <c r="N38" s="29"/>
+      <c r="O38" s="22">
+        <f>SUM(O32:O36)</f>
+        <v>0</v>
+      </c>
+      <c r="P38" s="22">
+        <f>SUM(P32:P36)</f>
+        <v>0</v>
+      </c>
+      <c r="Q38" s="22">
+        <f>SUM(Q32:Q36)</f>
+        <v>0</v>
+      </c>
+      <c r="R38" s="49">
+        <f>SUM(R32:R37)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A39" s="13"/>
+      <c r="B39" s="30"/>
+      <c r="C39" s="13"/>
+      <c r="D39" s="13"/>
+      <c r="E39" s="13"/>
+      <c r="F39" s="13"/>
+      <c r="G39" s="13"/>
+      <c r="H39" s="13"/>
+      <c r="I39" s="13"/>
+      <c r="J39" s="13"/>
+      <c r="K39" s="13"/>
+      <c r="L39" s="13"/>
+      <c r="M39" s="31"/>
+      <c r="N39" s="29"/>
+      <c r="O39" s="13"/>
+      <c r="P39" s="13"/>
+      <c r="Q39" s="13"/>
+      <c r="R39" s="13"/>
+    </row>
+    <row r="40" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A40" s="13"/>
+      <c r="B40" s="30"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="13"/>
+      <c r="E40" s="13"/>
+      <c r="F40" s="13"/>
+      <c r="G40" s="13"/>
+      <c r="H40" s="13"/>
+      <c r="I40" s="13"/>
+      <c r="J40" s="29"/>
+      <c r="K40" s="29"/>
+      <c r="L40" s="29"/>
+      <c r="M40" s="29"/>
+      <c r="N40" s="29"/>
+      <c r="O40" s="13"/>
+      <c r="P40" s="13"/>
+      <c r="Q40" s="13"/>
+      <c r="R40" s="13"/>
+    </row>
+    <row r="41" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A41" s="13"/>
+      <c r="B41" s="30"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="13"/>
+      <c r="E41" s="13"/>
+      <c r="F41" s="13"/>
+      <c r="G41" s="13"/>
+      <c r="H41" s="13"/>
+      <c r="I41" s="13"/>
+      <c r="J41" s="29"/>
+      <c r="K41" s="29"/>
+      <c r="L41" s="29"/>
+      <c r="M41" s="29"/>
+      <c r="N41" s="29"/>
+      <c r="O41" s="13"/>
+      <c r="P41" s="13"/>
+      <c r="Q41" s="13"/>
+      <c r="R41" s="13"/>
+    </row>
+    <row r="42" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A42" s="13"/>
+      <c r="B42" s="30"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="13"/>
+      <c r="E42" s="13"/>
+      <c r="F42" s="13"/>
+      <c r="G42" s="13"/>
+      <c r="H42" s="13"/>
+      <c r="I42" s="13"/>
+      <c r="J42" s="29"/>
+      <c r="K42" s="29"/>
+      <c r="L42" s="29"/>
+      <c r="M42" s="29"/>
+      <c r="N42" s="29"/>
+      <c r="O42" s="13"/>
+      <c r="P42" s="13"/>
+      <c r="Q42" s="13"/>
+      <c r="R42" s="13"/>
+    </row>
+    <row r="43" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A43" s="13"/>
+      <c r="B43" s="30"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="13"/>
+      <c r="E43" s="13"/>
+      <c r="F43" s="13"/>
+      <c r="G43" s="13"/>
+      <c r="H43" s="13"/>
+      <c r="I43" s="13"/>
+      <c r="J43" s="29"/>
+      <c r="K43" s="29"/>
+      <c r="L43" s="29"/>
+      <c r="M43" s="29"/>
+      <c r="N43" s="29"/>
+      <c r="O43" s="13"/>
+      <c r="P43" s="13"/>
+      <c r="Q43" s="13"/>
+      <c r="R43" s="13"/>
+    </row>
+    <row r="44" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A44" s="13"/>
+      <c r="B44" s="30"/>
+      <c r="C44" s="13"/>
+      <c r="D44" s="13"/>
+      <c r="E44" s="13"/>
+      <c r="F44" s="13"/>
+      <c r="G44" s="13"/>
+      <c r="H44" s="13"/>
+      <c r="I44" s="13"/>
+      <c r="J44" s="29"/>
+      <c r="K44" s="29"/>
+      <c r="L44" s="29"/>
+      <c r="M44" s="29"/>
+      <c r="N44" s="29"/>
+      <c r="O44" s="13"/>
+      <c r="P44" s="13"/>
+      <c r="Q44" s="13"/>
+      <c r="R44" s="13"/>
+    </row>
+    <row r="45" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A45" s="13"/>
+      <c r="B45" s="30"/>
+      <c r="C45" s="13"/>
+      <c r="D45" s="13"/>
+      <c r="E45" s="13"/>
+      <c r="F45" s="13"/>
+      <c r="G45" s="13"/>
+      <c r="H45" s="13"/>
+      <c r="I45" s="13"/>
+      <c r="J45" s="29"/>
+      <c r="K45" s="29"/>
+      <c r="L45" s="29"/>
+      <c r="M45" s="29"/>
+      <c r="N45" s="29"/>
+      <c r="O45" s="13"/>
+      <c r="P45" s="13"/>
+      <c r="Q45" s="13"/>
+      <c r="R45" s="13"/>
+    </row>
+    <row r="46" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A46" s="13"/>
+      <c r="B46" s="30"/>
+      <c r="C46" s="13"/>
+      <c r="D46" s="13"/>
+      <c r="E46" s="13"/>
+      <c r="F46" s="13"/>
+      <c r="G46" s="13"/>
+      <c r="H46" s="13"/>
+      <c r="I46" s="13"/>
+      <c r="J46" s="29"/>
+      <c r="K46" s="29"/>
+      <c r="L46" s="29"/>
+      <c r="M46" s="29"/>
+      <c r="N46" s="29"/>
+      <c r="O46" s="13"/>
+      <c r="P46" s="13"/>
+      <c r="Q46" s="13"/>
+      <c r="R46" s="13"/>
+    </row>
+    <row r="47" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A47" s="13"/>
+      <c r="B47" s="30"/>
+      <c r="C47" s="13"/>
+      <c r="D47" s="13"/>
+      <c r="E47" s="13"/>
+      <c r="F47" s="13"/>
+      <c r="G47" s="13"/>
+      <c r="H47" s="13"/>
+      <c r="I47" s="13"/>
+      <c r="J47" s="29"/>
+      <c r="K47" s="29"/>
+      <c r="L47" s="29"/>
+      <c r="M47" s="29"/>
+      <c r="N47" s="29"/>
+      <c r="O47" s="13"/>
+      <c r="P47" s="13"/>
+      <c r="Q47" s="13"/>
+      <c r="R47" s="13"/>
+    </row>
+    <row r="48" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A48" s="13"/>
+      <c r="B48" s="30"/>
+      <c r="C48" s="13"/>
+      <c r="D48" s="13"/>
+      <c r="E48" s="13"/>
+      <c r="F48" s="13"/>
+      <c r="G48" s="13"/>
+      <c r="H48" s="13"/>
+      <c r="I48" s="13"/>
+      <c r="J48" s="29"/>
+      <c r="K48" s="29"/>
+      <c r="L48" s="29"/>
+      <c r="M48" s="29"/>
+      <c r="N48" s="29"/>
+      <c r="O48" s="13"/>
+      <c r="P48" s="13"/>
+      <c r="Q48" s="13"/>
+      <c r="R48" s="13"/>
+    </row>
+    <row r="49" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A49" s="13"/>
+      <c r="B49" s="30"/>
+      <c r="C49" s="13"/>
+      <c r="D49" s="13"/>
+      <c r="E49" s="13"/>
+      <c r="F49" s="13"/>
+      <c r="G49" s="13"/>
+      <c r="H49" s="13"/>
+      <c r="I49" s="13"/>
+      <c r="J49" s="29"/>
+      <c r="K49" s="29"/>
+      <c r="L49" s="29"/>
+      <c r="M49" s="29"/>
+      <c r="N49" s="29"/>
+      <c r="O49" s="13"/>
+      <c r="P49" s="13"/>
+      <c r="Q49" s="13"/>
+      <c r="R49" s="13"/>
+    </row>
+    <row r="50" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A50" s="13"/>
+      <c r="B50" s="30"/>
+      <c r="C50" s="13"/>
+      <c r="D50" s="13"/>
+      <c r="E50" s="13"/>
+      <c r="F50" s="13"/>
+      <c r="G50" s="13"/>
+      <c r="H50" s="13"/>
+      <c r="I50" s="13"/>
+      <c r="J50" s="29"/>
+      <c r="K50" s="29"/>
+      <c r="L50" s="29"/>
+      <c r="M50" s="29"/>
+      <c r="N50" s="29"/>
+      <c r="O50" s="13"/>
+      <c r="P50" s="13"/>
+      <c r="Q50" s="13"/>
+      <c r="R50" s="13"/>
+    </row>
+    <row r="51" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A51" s="13"/>
+      <c r="B51" s="30"/>
+      <c r="C51" s="13"/>
+      <c r="D51" s="13"/>
+      <c r="E51" s="13"/>
+      <c r="F51" s="13"/>
+      <c r="G51" s="13"/>
+      <c r="H51" s="13"/>
+      <c r="I51" s="13"/>
+      <c r="J51" s="29"/>
+      <c r="K51" s="29"/>
+      <c r="L51" s="29"/>
+      <c r="M51" s="29"/>
+      <c r="N51" s="29"/>
+      <c r="O51" s="13"/>
+      <c r="P51" s="13"/>
+      <c r="Q51" s="13"/>
+      <c r="R51" s="13"/>
+    </row>
+    <row r="52" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A52" s="13"/>
+      <c r="B52" s="30"/>
+      <c r="C52" s="13"/>
+      <c r="D52" s="13"/>
+      <c r="E52" s="13"/>
+      <c r="F52" s="13"/>
+      <c r="G52" s="13"/>
+      <c r="H52" s="13"/>
+      <c r="I52" s="13"/>
+      <c r="J52" s="29"/>
+      <c r="K52" s="29"/>
+      <c r="L52" s="29"/>
+      <c r="M52" s="29"/>
+      <c r="N52" s="29"/>
+      <c r="O52" s="13"/>
+      <c r="P52" s="13"/>
+      <c r="Q52" s="13"/>
+      <c r="R52" s="13"/>
+    </row>
+    <row r="53" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A53" s="13"/>
+      <c r="B53" s="30"/>
+      <c r="C53" s="13"/>
+      <c r="D53" s="13"/>
+      <c r="E53" s="13"/>
+      <c r="F53" s="13"/>
+      <c r="G53" s="13"/>
+      <c r="H53" s="13"/>
+      <c r="I53" s="13"/>
+      <c r="J53" s="29"/>
+      <c r="K53" s="29"/>
+      <c r="L53" s="29"/>
+      <c r="M53" s="29"/>
+      <c r="N53" s="29"/>
+      <c r="O53" s="13"/>
+      <c r="P53" s="13"/>
+      <c r="Q53" s="13"/>
+      <c r="R53" s="13"/>
+    </row>
+    <row r="54" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A54" s="13"/>
+      <c r="B54" s="30"/>
+      <c r="C54" s="13"/>
+      <c r="D54" s="13"/>
+      <c r="E54" s="13"/>
+      <c r="F54" s="13"/>
+      <c r="G54" s="13"/>
+      <c r="H54" s="13"/>
+      <c r="I54" s="13"/>
+      <c r="J54" s="29"/>
+      <c r="K54" s="29"/>
+      <c r="L54" s="29"/>
+      <c r="M54" s="29"/>
+      <c r="N54" s="29"/>
+      <c r="O54" s="13"/>
+      <c r="P54" s="13"/>
+      <c r="Q54" s="13"/>
+      <c r="R54" s="13"/>
+    </row>
+    <row r="55" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A55" s="13"/>
+      <c r="B55" s="30"/>
+      <c r="C55" s="13"/>
+      <c r="D55" s="13"/>
+      <c r="E55" s="13"/>
+      <c r="F55" s="13"/>
+      <c r="G55" s="13"/>
+      <c r="H55" s="13"/>
+      <c r="I55" s="13"/>
+      <c r="J55" s="29"/>
+      <c r="K55" s="29"/>
+      <c r="L55" s="29"/>
+      <c r="M55" s="29"/>
+      <c r="N55" s="29"/>
+      <c r="O55" s="13"/>
+      <c r="P55" s="13"/>
+      <c r="Q55" s="13"/>
+      <c r="R55" s="13"/>
+    </row>
+    <row r="56" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A56" s="13"/>
+      <c r="B56" s="30"/>
+      <c r="C56" s="13"/>
+      <c r="D56" s="13"/>
+      <c r="E56" s="13"/>
+      <c r="F56" s="13"/>
+      <c r="G56" s="13"/>
+      <c r="H56" s="13"/>
+      <c r="I56" s="13"/>
+      <c r="J56" s="29"/>
+      <c r="K56" s="29"/>
+      <c r="L56" s="29"/>
+      <c r="M56" s="29"/>
+      <c r="N56" s="29"/>
+      <c r="O56" s="13"/>
+      <c r="P56" s="13"/>
+      <c r="Q56" s="13"/>
+      <c r="R56" s="13"/>
+    </row>
+    <row r="57" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A57" s="13"/>
+      <c r="B57" s="30"/>
+      <c r="C57" s="13"/>
+      <c r="D57" s="13"/>
+      <c r="E57" s="13"/>
+      <c r="F57" s="13"/>
+      <c r="G57" s="13"/>
+      <c r="H57" s="13"/>
+      <c r="I57" s="13"/>
+      <c r="J57" s="29"/>
+      <c r="K57" s="29"/>
+      <c r="L57" s="29"/>
+      <c r="M57" s="29"/>
+      <c r="N57" s="29"/>
+      <c r="O57" s="13"/>
+      <c r="P57" s="13"/>
+      <c r="Q57" s="13"/>
+      <c r="R57" s="13"/>
+    </row>
+    <row r="58" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A58" s="13"/>
+      <c r="B58" s="30"/>
+      <c r="C58" s="13"/>
+      <c r="D58" s="13"/>
+      <c r="E58" s="13"/>
+      <c r="F58" s="13"/>
+      <c r="G58" s="13"/>
+      <c r="H58" s="13"/>
+      <c r="I58" s="13"/>
+      <c r="J58" s="29"/>
+      <c r="K58" s="29"/>
+      <c r="L58" s="29"/>
+      <c r="M58" s="29"/>
+      <c r="N58" s="29"/>
+      <c r="O58" s="13"/>
+      <c r="P58" s="13"/>
+      <c r="Q58" s="13"/>
+      <c r="R58" s="13"/>
+    </row>
+    <row r="59" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A59" s="13"/>
+      <c r="B59" s="30"/>
+      <c r="C59" s="13"/>
+      <c r="D59" s="13"/>
+      <c r="E59" s="13"/>
+      <c r="F59" s="13"/>
+      <c r="G59" s="13"/>
+      <c r="H59" s="13"/>
+      <c r="I59" s="13"/>
+      <c r="J59" s="29"/>
+      <c r="K59" s="29"/>
+      <c r="L59" s="29"/>
+      <c r="M59" s="29"/>
+      <c r="N59" s="29"/>
+      <c r="O59" s="13"/>
+      <c r="P59" s="13"/>
+      <c r="Q59" s="13"/>
+      <c r="R59" s="13"/>
+    </row>
+    <row r="60" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A60" s="13"/>
+      <c r="B60" s="30"/>
+      <c r="C60" s="13"/>
+      <c r="D60" s="13"/>
+      <c r="E60" s="13"/>
+      <c r="F60" s="13"/>
+      <c r="G60" s="13"/>
+      <c r="H60" s="13"/>
+      <c r="I60" s="13"/>
+      <c r="J60" s="29"/>
+      <c r="K60" s="29"/>
+      <c r="L60" s="29"/>
+      <c r="M60" s="29"/>
+      <c r="N60" s="29"/>
+      <c r="O60" s="13"/>
+      <c r="P60" s="13"/>
+      <c r="Q60" s="13"/>
+      <c r="R60" s="13"/>
+    </row>
+    <row r="61" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A61" s="13"/>
+      <c r="B61" s="30"/>
+      <c r="C61" s="13"/>
+      <c r="D61" s="13"/>
+      <c r="E61" s="13"/>
+      <c r="F61" s="13"/>
+      <c r="G61" s="13"/>
+      <c r="H61" s="13"/>
+      <c r="I61" s="13"/>
+      <c r="J61" s="29"/>
+      <c r="K61" s="29"/>
+      <c r="L61" s="29"/>
+      <c r="M61" s="29"/>
+      <c r="N61" s="29"/>
+      <c r="O61" s="13"/>
+      <c r="P61" s="13"/>
+      <c r="Q61" s="13"/>
+      <c r="R61" s="13"/>
+    </row>
+    <row r="62" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A62" s="13"/>
+      <c r="B62" s="30"/>
+      <c r="C62" s="13"/>
+      <c r="D62" s="13"/>
+      <c r="E62" s="13"/>
+      <c r="F62" s="13"/>
+      <c r="G62" s="13"/>
+      <c r="H62" s="13"/>
+      <c r="I62" s="13"/>
+      <c r="J62" s="29"/>
+      <c r="K62" s="29"/>
+      <c r="L62" s="29"/>
+      <c r="M62" s="29"/>
+      <c r="N62" s="29"/>
+      <c r="O62" s="13"/>
+      <c r="P62" s="13"/>
+      <c r="Q62" s="13"/>
+      <c r="R62" s="13"/>
+    </row>
+    <row r="63" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A63" s="13"/>
+      <c r="B63" s="30"/>
+      <c r="C63" s="13"/>
+      <c r="D63" s="13"/>
+      <c r="E63" s="13"/>
+      <c r="F63" s="13"/>
+      <c r="G63" s="13"/>
+      <c r="H63" s="13"/>
+      <c r="I63" s="13"/>
+      <c r="J63" s="29"/>
+      <c r="K63" s="29"/>
+      <c r="L63" s="29"/>
+      <c r="M63" s="29"/>
+      <c r="N63" s="29"/>
+      <c r="O63" s="13"/>
+      <c r="P63" s="13"/>
+      <c r="Q63" s="13"/>
+      <c r="R63" s="13"/>
+    </row>
+    <row r="64" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A64" s="13"/>
+      <c r="B64" s="30"/>
+      <c r="C64" s="13"/>
+      <c r="D64" s="13"/>
+      <c r="E64" s="13"/>
+      <c r="F64" s="13"/>
+      <c r="G64" s="13"/>
+      <c r="H64" s="13"/>
+      <c r="I64" s="13"/>
+      <c r="J64" s="29"/>
+      <c r="K64" s="29"/>
+      <c r="L64" s="29"/>
+      <c r="M64" s="29"/>
+      <c r="N64" s="29"/>
+      <c r="O64" s="13"/>
+      <c r="P64" s="13"/>
+      <c r="Q64" s="13"/>
+      <c r="R64" s="13"/>
+    </row>
+    <row r="65" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A65" s="13"/>
+      <c r="B65" s="30"/>
+      <c r="C65" s="13"/>
+      <c r="D65" s="13"/>
+      <c r="E65" s="13"/>
+      <c r="F65" s="13"/>
+      <c r="G65" s="13"/>
+      <c r="H65" s="13"/>
+      <c r="I65" s="13"/>
+      <c r="J65" s="29"/>
+      <c r="K65" s="29"/>
+      <c r="L65" s="29"/>
+      <c r="M65" s="29"/>
+      <c r="N65" s="29"/>
+      <c r="O65" s="13"/>
+      <c r="P65" s="13"/>
+      <c r="Q65" s="13"/>
+      <c r="R65" s="13"/>
+    </row>
+    <row r="66" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A66" s="13"/>
+      <c r="B66" s="30"/>
+      <c r="C66" s="13"/>
+      <c r="D66" s="13"/>
+      <c r="E66" s="13"/>
+      <c r="F66" s="13"/>
+      <c r="G66" s="13"/>
+      <c r="H66" s="13"/>
+      <c r="I66" s="13"/>
+      <c r="J66" s="29"/>
+      <c r="K66" s="29"/>
+      <c r="L66" s="29"/>
+      <c r="M66" s="29"/>
+      <c r="N66" s="29"/>
+      <c r="O66" s="13"/>
+      <c r="P66" s="13"/>
+      <c r="Q66" s="13"/>
+      <c r="R66" s="13"/>
+    </row>
+    <row r="67" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A67" s="13"/>
+      <c r="B67" s="30"/>
+      <c r="C67" s="13"/>
+      <c r="D67" s="13"/>
+      <c r="E67" s="13"/>
+      <c r="F67" s="13"/>
+      <c r="G67" s="13"/>
+      <c r="H67" s="13"/>
+      <c r="I67" s="13"/>
+      <c r="J67" s="29"/>
+      <c r="K67" s="29"/>
+      <c r="L67" s="29"/>
+      <c r="M67" s="29"/>
+      <c r="N67" s="29"/>
+      <c r="O67" s="13"/>
+      <c r="P67" s="13"/>
+      <c r="Q67" s="13"/>
+      <c r="R67" s="13"/>
+    </row>
+    <row r="68" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A68" s="13"/>
+      <c r="B68" s="30"/>
+      <c r="C68" s="13"/>
+      <c r="D68" s="13"/>
+      <c r="E68" s="13"/>
+      <c r="F68" s="13"/>
+      <c r="G68" s="13"/>
+      <c r="H68" s="13"/>
+      <c r="I68" s="13"/>
+      <c r="J68" s="29"/>
+      <c r="K68" s="29"/>
+      <c r="L68" s="29"/>
+      <c r="M68" s="29"/>
+      <c r="N68" s="29"/>
+      <c r="O68" s="13"/>
+      <c r="P68" s="13"/>
+      <c r="Q68" s="13"/>
+      <c r="R68" s="13"/>
+    </row>
+    <row r="69" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A69" s="13"/>
+      <c r="B69" s="30"/>
+      <c r="C69" s="13"/>
+      <c r="D69" s="13"/>
+      <c r="E69" s="13"/>
+      <c r="F69" s="13"/>
+      <c r="G69" s="13"/>
+      <c r="H69" s="13"/>
+      <c r="I69" s="13"/>
+      <c r="J69" s="29"/>
+      <c r="K69" s="29"/>
+      <c r="L69" s="29"/>
+      <c r="M69" s="29"/>
+      <c r="N69" s="29"/>
+      <c r="O69" s="13"/>
+      <c r="P69" s="13"/>
+      <c r="Q69" s="13"/>
+      <c r="R69" s="13"/>
+    </row>
+    <row r="70" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A70" s="13"/>
+      <c r="B70" s="30"/>
+      <c r="C70" s="13"/>
+      <c r="D70" s="13"/>
+      <c r="E70" s="13"/>
+      <c r="F70" s="13"/>
+      <c r="G70" s="13"/>
+      <c r="H70" s="13"/>
+      <c r="I70" s="13"/>
+      <c r="J70" s="29"/>
+      <c r="K70" s="29"/>
+      <c r="L70" s="29"/>
+      <c r="M70" s="29"/>
+      <c r="N70" s="29"/>
+      <c r="O70" s="13"/>
+      <c r="P70" s="13"/>
+      <c r="Q70" s="13"/>
+      <c r="R70" s="13"/>
+    </row>
+    <row r="71" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A71" s="13"/>
+      <c r="B71" s="30"/>
+      <c r="C71" s="13"/>
+      <c r="D71" s="13"/>
+      <c r="E71" s="13"/>
+      <c r="F71" s="13"/>
+      <c r="G71" s="13"/>
+      <c r="H71" s="13"/>
+      <c r="I71" s="13"/>
+      <c r="J71" s="29"/>
+      <c r="K71" s="29"/>
+      <c r="L71" s="29"/>
+      <c r="M71" s="29"/>
+      <c r="N71" s="29"/>
+      <c r="O71" s="13"/>
+      <c r="P71" s="13"/>
+      <c r="Q71" s="13"/>
+      <c r="R71" s="13"/>
+    </row>
+    <row r="72" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A72" s="13"/>
+      <c r="B72" s="30"/>
+      <c r="C72" s="13"/>
+      <c r="D72" s="13"/>
+      <c r="E72" s="13"/>
+      <c r="F72" s="13"/>
+      <c r="G72" s="13"/>
+      <c r="H72" s="13"/>
+      <c r="I72" s="13"/>
+      <c r="J72" s="29"/>
+      <c r="K72" s="29"/>
+      <c r="L72" s="29"/>
+      <c r="M72" s="29"/>
+      <c r="N72" s="29"/>
+      <c r="O72" s="13"/>
+      <c r="P72" s="13"/>
+      <c r="Q72" s="13"/>
+      <c r="R72" s="13"/>
+    </row>
+    <row r="73" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A73" s="13"/>
+      <c r="B73" s="30"/>
+      <c r="C73" s="13"/>
+      <c r="D73" s="13"/>
+      <c r="E73" s="13"/>
+      <c r="F73" s="13"/>
+      <c r="G73" s="13"/>
+      <c r="H73" s="13"/>
+      <c r="I73" s="13"/>
+      <c r="J73" s="29"/>
+      <c r="K73" s="29"/>
+      <c r="L73" s="29"/>
+      <c r="M73" s="29"/>
+      <c r="N73" s="29"/>
+      <c r="O73" s="13"/>
+      <c r="P73" s="13"/>
+      <c r="Q73" s="13"/>
+      <c r="R73" s="13"/>
+    </row>
+    <row r="74" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A74" s="13"/>
+      <c r="B74" s="30"/>
+      <c r="C74" s="13"/>
+      <c r="D74" s="13"/>
+      <c r="E74" s="13"/>
+      <c r="F74" s="13"/>
+      <c r="G74" s="13"/>
+      <c r="H74" s="13"/>
+      <c r="I74" s="13"/>
+      <c r="J74" s="29"/>
+      <c r="K74" s="29"/>
+      <c r="L74" s="29"/>
+      <c r="M74" s="29"/>
+      <c r="N74" s="29"/>
+      <c r="O74" s="13"/>
+      <c r="P74" s="13"/>
+      <c r="Q74" s="13"/>
+      <c r="R74" s="13"/>
+    </row>
+    <row r="75" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A75" s="13"/>
+      <c r="B75" s="30"/>
+      <c r="C75" s="13"/>
+      <c r="D75" s="13"/>
+      <c r="E75" s="13"/>
+      <c r="F75" s="13"/>
+      <c r="G75" s="13"/>
+      <c r="H75" s="13"/>
+      <c r="I75" s="13"/>
+      <c r="J75" s="29"/>
+      <c r="K75" s="29"/>
+      <c r="L75" s="29"/>
+      <c r="M75" s="29"/>
+      <c r="N75" s="29"/>
+      <c r="O75" s="13"/>
+      <c r="P75" s="13"/>
+      <c r="Q75" s="13"/>
+      <c r="R75" s="13"/>
+    </row>
+    <row r="76" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A76" s="13"/>
+      <c r="B76" s="30"/>
+      <c r="C76" s="13"/>
+      <c r="D76" s="13"/>
+      <c r="E76" s="13"/>
+      <c r="F76" s="13"/>
+      <c r="G76" s="13"/>
+      <c r="H76" s="13"/>
+      <c r="I76" s="13"/>
+      <c r="J76" s="29"/>
+      <c r="K76" s="29"/>
+      <c r="L76" s="29"/>
+      <c r="M76" s="29"/>
+      <c r="N76" s="29"/>
+      <c r="O76" s="13"/>
+      <c r="P76" s="13"/>
+      <c r="Q76" s="13"/>
+      <c r="R76" s="13"/>
+    </row>
+    <row r="77" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A77" s="13"/>
+      <c r="B77" s="30"/>
+      <c r="C77" s="13"/>
+      <c r="D77" s="13"/>
+      <c r="E77" s="13"/>
+      <c r="F77" s="13"/>
+      <c r="G77" s="13"/>
+      <c r="H77" s="13"/>
+      <c r="I77" s="13"/>
+      <c r="J77" s="29"/>
+      <c r="K77" s="29"/>
+      <c r="L77" s="29"/>
+      <c r="M77" s="29"/>
+      <c r="N77" s="29"/>
+      <c r="O77" s="13"/>
+      <c r="P77" s="13"/>
+      <c r="Q77" s="13"/>
+      <c r="R77" s="13"/>
+    </row>
+    <row r="78" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A78" s="13"/>
+      <c r="B78" s="30"/>
+      <c r="C78" s="13"/>
+      <c r="D78" s="13"/>
+      <c r="E78" s="13"/>
+      <c r="F78" s="13"/>
+      <c r="G78" s="13"/>
+      <c r="H78" s="13"/>
+      <c r="I78" s="13"/>
+      <c r="J78" s="29"/>
+      <c r="K78" s="29"/>
+      <c r="L78" s="29"/>
+      <c r="M78" s="29"/>
+      <c r="N78" s="29"/>
+      <c r="O78" s="13"/>
+      <c r="P78" s="13"/>
+      <c r="Q78" s="13"/>
+      <c r="R78" s="13"/>
+    </row>
+    <row r="79" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A79" s="13"/>
+      <c r="B79" s="30"/>
+      <c r="C79" s="13"/>
+      <c r="D79" s="13"/>
+      <c r="E79" s="13"/>
+      <c r="F79" s="13"/>
+      <c r="G79" s="13"/>
+      <c r="H79" s="13"/>
+      <c r="I79" s="13"/>
+      <c r="J79" s="29"/>
+      <c r="K79" s="29"/>
+      <c r="L79" s="29"/>
+      <c r="M79" s="29"/>
+      <c r="N79" s="29"/>
+      <c r="O79" s="13"/>
+      <c r="P79" s="13"/>
+      <c r="Q79" s="13"/>
+      <c r="R79" s="13"/>
+    </row>
+    <row r="80" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A80" s="13"/>
+      <c r="B80" s="30"/>
+      <c r="C80" s="13"/>
+      <c r="D80" s="13"/>
+      <c r="E80" s="13"/>
+      <c r="F80" s="13"/>
+      <c r="G80" s="13"/>
+      <c r="H80" s="13"/>
+      <c r="I80" s="13"/>
+      <c r="J80" s="29"/>
+      <c r="K80" s="29"/>
+      <c r="L80" s="29"/>
+      <c r="M80" s="29"/>
+      <c r="N80" s="29"/>
+      <c r="O80" s="13"/>
+      <c r="P80" s="13"/>
+      <c r="Q80" s="13"/>
+      <c r="R80" s="13"/>
+    </row>
+    <row r="81" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A81" s="13"/>
+      <c r="B81" s="30"/>
+      <c r="C81" s="13"/>
+      <c r="D81" s="13"/>
+      <c r="E81" s="13"/>
+      <c r="F81" s="13"/>
+      <c r="G81" s="13"/>
+      <c r="H81" s="13"/>
+      <c r="I81" s="13"/>
+      <c r="J81" s="29"/>
+      <c r="K81" s="29"/>
+      <c r="L81" s="29"/>
+      <c r="M81" s="29"/>
+      <c r="N81" s="29"/>
+      <c r="O81" s="13"/>
+      <c r="P81" s="13"/>
+      <c r="Q81" s="13"/>
+      <c r="R81" s="13"/>
+    </row>
+    <row r="82" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A82" s="13"/>
+      <c r="B82" s="30"/>
+      <c r="C82" s="13"/>
+      <c r="D82" s="13"/>
+      <c r="E82" s="13"/>
+      <c r="F82" s="13"/>
+      <c r="G82" s="13"/>
+      <c r="H82" s="13"/>
+      <c r="I82" s="13"/>
+      <c r="J82" s="29"/>
+      <c r="K82" s="29"/>
+      <c r="L82" s="29"/>
+      <c r="M82" s="29"/>
+      <c r="N82" s="29"/>
+      <c r="O82" s="13"/>
+      <c r="P82" s="13"/>
+      <c r="Q82" s="13"/>
+      <c r="R82" s="13"/>
+    </row>
+    <row r="83" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A83" s="13"/>
+      <c r="B83" s="30"/>
+      <c r="C83" s="13"/>
+      <c r="D83" s="13"/>
+      <c r="E83" s="13"/>
+      <c r="F83" s="13"/>
+      <c r="G83" s="13"/>
+      <c r="H83" s="13"/>
+      <c r="I83" s="13"/>
+      <c r="J83" s="29"/>
+      <c r="K83" s="29"/>
+      <c r="L83" s="29"/>
+      <c r="M83" s="29"/>
+      <c r="N83" s="29"/>
+      <c r="O83" s="13"/>
+      <c r="P83" s="13"/>
+      <c r="Q83" s="13"/>
+      <c r="R83" s="13"/>
+    </row>
+    <row r="84" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A84" s="13"/>
+      <c r="B84" s="30"/>
+      <c r="C84" s="13"/>
+      <c r="D84" s="13"/>
+      <c r="E84" s="13"/>
+      <c r="F84" s="13"/>
+      <c r="G84" s="13"/>
+      <c r="H84" s="13"/>
+      <c r="I84" s="13"/>
+      <c r="J84" s="29"/>
+      <c r="K84" s="29"/>
+      <c r="L84" s="29"/>
+      <c r="M84" s="29"/>
+      <c r="N84" s="29"/>
+      <c r="O84" s="13"/>
+      <c r="P84" s="13"/>
+      <c r="Q84" s="13"/>
+      <c r="R84" s="13"/>
+    </row>
+    <row r="85" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A85" s="13"/>
+      <c r="B85" s="30"/>
+      <c r="C85" s="13"/>
+      <c r="D85" s="13"/>
+      <c r="E85" s="13"/>
+      <c r="F85" s="13"/>
+      <c r="G85" s="13"/>
+      <c r="H85" s="13"/>
+      <c r="I85" s="13"/>
+      <c r="J85" s="29"/>
+      <c r="K85" s="29"/>
+      <c r="L85" s="29"/>
+      <c r="M85" s="29"/>
+      <c r="N85" s="29"/>
+      <c r="O85" s="13"/>
+      <c r="P85" s="13"/>
+      <c r="Q85" s="13"/>
+      <c r="R85" s="13"/>
+    </row>
+    <row r="86" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A86" s="13"/>
+      <c r="B86" s="30"/>
+      <c r="C86" s="13"/>
+      <c r="D86" s="13"/>
+      <c r="E86" s="13"/>
+      <c r="F86" s="13"/>
+      <c r="G86" s="13"/>
+      <c r="H86" s="13"/>
+      <c r="I86" s="13"/>
+      <c r="J86" s="29"/>
+      <c r="K86" s="29"/>
+      <c r="L86" s="29"/>
+      <c r="M86" s="29"/>
+      <c r="N86" s="29"/>
+      <c r="O86" s="13"/>
+      <c r="P86" s="13"/>
+      <c r="Q86" s="13"/>
+      <c r="R86" s="13"/>
+    </row>
+    <row r="87" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A87" s="13"/>
+      <c r="B87" s="30"/>
+      <c r="C87" s="13"/>
+      <c r="D87" s="13"/>
+      <c r="E87" s="13"/>
+      <c r="F87" s="13"/>
+      <c r="G87" s="13"/>
+      <c r="H87" s="13"/>
+      <c r="I87" s="13"/>
+      <c r="J87" s="29"/>
+      <c r="K87" s="29"/>
+      <c r="L87" s="29"/>
+      <c r="M87" s="29"/>
+      <c r="N87" s="29"/>
+      <c r="O87" s="13"/>
+      <c r="P87" s="13"/>
+      <c r="Q87" s="13"/>
+      <c r="R87" s="13"/>
+    </row>
+    <row r="88" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A88" s="13"/>
+      <c r="B88" s="30"/>
+      <c r="C88" s="13"/>
+      <c r="D88" s="13"/>
+      <c r="E88" s="13"/>
+      <c r="F88" s="13"/>
+      <c r="G88" s="13"/>
+      <c r="H88" s="13"/>
+      <c r="I88" s="13"/>
+      <c r="J88" s="29"/>
+      <c r="K88" s="29"/>
+      <c r="L88" s="29"/>
+      <c r="M88" s="29"/>
+      <c r="N88" s="29"/>
+      <c r="O88" s="13"/>
+      <c r="P88" s="13"/>
+      <c r="Q88" s="13"/>
+      <c r="R88" s="13"/>
+    </row>
+    <row r="89" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A89" s="13"/>
+      <c r="B89" s="30"/>
+      <c r="C89" s="13"/>
+      <c r="D89" s="13"/>
+      <c r="E89" s="13"/>
+      <c r="F89" s="13"/>
+      <c r="G89" s="13"/>
+      <c r="H89" s="13"/>
+      <c r="I89" s="13"/>
+      <c r="J89" s="29"/>
+      <c r="K89" s="29"/>
+      <c r="L89" s="29"/>
+      <c r="M89" s="29"/>
+      <c r="N89" s="29"/>
+      <c r="O89" s="13"/>
+      <c r="P89" s="13"/>
+      <c r="Q89" s="13"/>
+      <c r="R89" s="13"/>
+    </row>
+    <row r="90" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A90" s="13"/>
+      <c r="B90" s="30"/>
+      <c r="C90" s="13"/>
+      <c r="D90" s="13"/>
+      <c r="E90" s="13"/>
+      <c r="F90" s="13"/>
+      <c r="G90" s="13"/>
+      <c r="H90" s="13"/>
+      <c r="I90" s="13"/>
+      <c r="J90" s="29"/>
+      <c r="K90" s="29"/>
+      <c r="L90" s="29"/>
+      <c r="M90" s="29"/>
+      <c r="N90" s="29"/>
+      <c r="O90" s="13"/>
+      <c r="P90" s="13"/>
+      <c r="Q90" s="13"/>
+      <c r="R90" s="13"/>
+    </row>
+    <row r="91" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A91" s="13"/>
+      <c r="B91" s="30"/>
+      <c r="C91" s="13"/>
+      <c r="D91" s="13"/>
+      <c r="E91" s="13"/>
+      <c r="F91" s="13"/>
+      <c r="G91" s="13"/>
+      <c r="H91" s="13"/>
+      <c r="I91" s="13"/>
+      <c r="J91" s="29"/>
+      <c r="K91" s="29"/>
+      <c r="L91" s="29"/>
+      <c r="M91" s="29"/>
+      <c r="N91" s="29"/>
+      <c r="O91" s="13"/>
+      <c r="P91" s="13"/>
+      <c r="Q91" s="13"/>
+      <c r="R91" s="13"/>
+    </row>
+    <row r="92" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A92" s="13"/>
+      <c r="B92" s="30"/>
+      <c r="C92" s="13"/>
+      <c r="D92" s="13"/>
+      <c r="E92" s="13"/>
+      <c r="F92" s="13"/>
+      <c r="G92" s="13"/>
+      <c r="H92" s="13"/>
+      <c r="I92" s="13"/>
+      <c r="J92" s="29"/>
+      <c r="K92" s="29"/>
+      <c r="L92" s="29"/>
+      <c r="M92" s="29"/>
+      <c r="N92" s="29"/>
+      <c r="O92" s="13"/>
+      <c r="P92" s="13"/>
+      <c r="Q92" s="13"/>
+      <c r="R92" s="13"/>
+    </row>
+    <row r="93" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A93" s="13"/>
+      <c r="B93" s="30"/>
+      <c r="C93" s="13"/>
+      <c r="D93" s="13"/>
+      <c r="E93" s="13"/>
+      <c r="F93" s="13"/>
+      <c r="G93" s="13"/>
+      <c r="H93" s="13"/>
+      <c r="I93" s="13"/>
+      <c r="J93" s="29"/>
+      <c r="K93" s="29"/>
+      <c r="L93" s="29"/>
+      <c r="M93" s="29"/>
+      <c r="N93" s="29"/>
+      <c r="O93" s="13"/>
+      <c r="P93" s="13"/>
+      <c r="Q93" s="13"/>
+      <c r="R93" s="13"/>
+    </row>
+    <row r="94" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A94" s="13"/>
+      <c r="B94" s="30"/>
+      <c r="C94" s="13"/>
+      <c r="D94" s="13"/>
+      <c r="E94" s="13"/>
+      <c r="F94" s="13"/>
+      <c r="G94" s="13"/>
+      <c r="H94" s="13"/>
+      <c r="I94" s="13"/>
+      <c r="J94" s="29"/>
+      <c r="K94" s="29"/>
+      <c r="L94" s="29"/>
+      <c r="M94" s="29"/>
+      <c r="N94" s="29"/>
+      <c r="O94" s="13"/>
+      <c r="P94" s="13"/>
+      <c r="Q94" s="13"/>
+      <c r="R94" s="13"/>
+    </row>
+    <row r="95" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A95" s="13"/>
+      <c r="B95" s="30"/>
+      <c r="C95" s="13"/>
+      <c r="D95" s="13"/>
+      <c r="E95" s="13"/>
+      <c r="F95" s="13"/>
+      <c r="G95" s="13"/>
+      <c r="H95" s="13"/>
+      <c r="I95" s="13"/>
+      <c r="J95" s="29"/>
+      <c r="K95" s="29"/>
+      <c r="L95" s="29"/>
+      <c r="M95" s="29"/>
+      <c r="N95" s="29"/>
+      <c r="O95" s="13"/>
+      <c r="P95" s="13"/>
+      <c r="Q95" s="13"/>
+      <c r="R95" s="13"/>
+    </row>
+    <row r="96" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A96" s="13"/>
+      <c r="B96" s="30"/>
+      <c r="C96" s="13"/>
+      <c r="D96" s="13"/>
+      <c r="E96" s="13"/>
+      <c r="F96" s="13"/>
+      <c r="G96" s="13"/>
+      <c r="H96" s="13"/>
+      <c r="I96" s="13"/>
+      <c r="J96" s="29"/>
+      <c r="K96" s="29"/>
+      <c r="L96" s="29"/>
+      <c r="M96" s="29"/>
+      <c r="N96" s="29"/>
+      <c r="O96" s="13"/>
+      <c r="P96" s="13"/>
+      <c r="Q96" s="13"/>
+      <c r="R96" s="13"/>
+    </row>
+    <row r="97" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A97" s="13"/>
+      <c r="B97" s="30"/>
+      <c r="C97" s="13"/>
+      <c r="D97" s="13"/>
+      <c r="E97" s="13"/>
+      <c r="F97" s="13"/>
+      <c r="G97" s="13"/>
+      <c r="H97" s="13"/>
+      <c r="I97" s="13"/>
+      <c r="J97" s="29"/>
+      <c r="K97" s="29"/>
+      <c r="L97" s="29"/>
+      <c r="M97" s="29"/>
+      <c r="N97" s="29"/>
+      <c r="O97" s="13"/>
+      <c r="P97" s="13"/>
+      <c r="Q97" s="13"/>
+      <c r="R97" s="13"/>
+    </row>
+    <row r="98" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A98" s="13"/>
+      <c r="B98" s="30"/>
+      <c r="C98" s="13"/>
+      <c r="D98" s="13"/>
+      <c r="E98" s="13"/>
+      <c r="F98" s="13"/>
+      <c r="G98" s="13"/>
+      <c r="H98" s="13"/>
+      <c r="I98" s="13"/>
+      <c r="J98" s="29"/>
+      <c r="K98" s="29"/>
+      <c r="L98" s="29"/>
+      <c r="M98" s="29"/>
+      <c r="N98" s="29"/>
+      <c r="O98" s="13"/>
+      <c r="P98" s="13"/>
+      <c r="Q98" s="13"/>
+      <c r="R98" s="13"/>
+    </row>
+    <row r="99" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A99" s="13"/>
+      <c r="B99" s="30"/>
+      <c r="C99" s="13"/>
+      <c r="D99" s="13"/>
+      <c r="E99" s="13"/>
+      <c r="F99" s="13"/>
+      <c r="G99" s="13"/>
+      <c r="H99" s="13"/>
+      <c r="I99" s="13"/>
+      <c r="J99" s="29"/>
+      <c r="K99" s="29"/>
+      <c r="L99" s="29"/>
+      <c r="M99" s="29"/>
+      <c r="N99" s="29"/>
+      <c r="O99" s="13"/>
+      <c r="P99" s="13"/>
+      <c r="Q99" s="13"/>
+      <c r="R99" s="13"/>
+    </row>
+    <row r="100" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A100" s="13"/>
+      <c r="B100" s="30"/>
+      <c r="C100" s="13"/>
+      <c r="D100" s="13"/>
+      <c r="E100" s="13"/>
+      <c r="F100" s="13"/>
+      <c r="G100" s="13"/>
+      <c r="H100" s="13"/>
+      <c r="I100" s="13"/>
+      <c r="J100" s="29"/>
+      <c r="K100" s="29"/>
+      <c r="L100" s="29"/>
+      <c r="M100" s="29"/>
+      <c r="N100" s="29"/>
+      <c r="O100" s="13"/>
+      <c r="P100" s="13"/>
+      <c r="Q100" s="13"/>
+      <c r="R100" s="13"/>
+    </row>
+    <row r="101" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A101" s="13"/>
+      <c r="B101" s="30"/>
+      <c r="C101" s="13"/>
+      <c r="D101" s="13"/>
+      <c r="E101" s="13"/>
+      <c r="F101" s="13"/>
+      <c r="G101" s="13"/>
+      <c r="H101" s="13"/>
+      <c r="I101" s="13"/>
+      <c r="J101" s="29"/>
+      <c r="K101" s="29"/>
+      <c r="L101" s="29"/>
+      <c r="M101" s="29"/>
+      <c r="N101" s="29"/>
+      <c r="O101" s="13"/>
+      <c r="P101" s="13"/>
+      <c r="Q101" s="13"/>
+      <c r="R101" s="13"/>
+    </row>
+    <row r="102" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A102" s="13"/>
+      <c r="B102" s="30"/>
+      <c r="C102" s="13"/>
+      <c r="D102" s="13"/>
+      <c r="E102" s="13"/>
+      <c r="F102" s="13"/>
+      <c r="G102" s="13"/>
+      <c r="H102" s="13"/>
+      <c r="I102" s="13"/>
+      <c r="J102" s="29"/>
+      <c r="K102" s="29"/>
+      <c r="L102" s="29"/>
+      <c r="M102" s="29"/>
+      <c r="N102" s="29"/>
+      <c r="O102" s="13"/>
+      <c r="P102" s="13"/>
+      <c r="Q102" s="13"/>
+      <c r="R102" s="13"/>
+    </row>
+    <row r="103" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A103" s="13"/>
+      <c r="B103" s="30"/>
+      <c r="C103" s="13"/>
+      <c r="D103" s="13"/>
+      <c r="E103" s="13"/>
+      <c r="F103" s="13"/>
+      <c r="G103" s="13"/>
+      <c r="H103" s="13"/>
+      <c r="I103" s="13"/>
+      <c r="J103" s="29"/>
+      <c r="K103" s="29"/>
+      <c r="L103" s="29"/>
+      <c r="M103" s="29"/>
+      <c r="N103" s="29"/>
+      <c r="O103" s="13"/>
+      <c r="P103" s="13"/>
+      <c r="Q103" s="13"/>
+      <c r="R103" s="13"/>
+    </row>
+    <row r="104" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A104" s="13"/>
+      <c r="B104" s="30"/>
+      <c r="C104" s="13"/>
+      <c r="D104" s="13"/>
+      <c r="E104" s="13"/>
+      <c r="F104" s="13"/>
+      <c r="G104" s="13"/>
+      <c r="H104" s="13"/>
+      <c r="I104" s="13"/>
+      <c r="J104" s="29"/>
+      <c r="K104" s="29"/>
+      <c r="L104" s="29"/>
+      <c r="M104" s="29"/>
+      <c r="N104" s="29"/>
+      <c r="O104" s="13"/>
+      <c r="P104" s="13"/>
+      <c r="Q104" s="13"/>
+      <c r="R104" s="13"/>
+    </row>
+    <row r="105" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A105" s="13"/>
+      <c r="B105" s="30"/>
+      <c r="C105" s="13"/>
+      <c r="D105" s="13"/>
+      <c r="E105" s="13"/>
+      <c r="F105" s="13"/>
+      <c r="G105" s="13"/>
+      <c r="H105" s="13"/>
+      <c r="I105" s="13"/>
+      <c r="J105" s="29"/>
+      <c r="K105" s="29"/>
+      <c r="L105" s="29"/>
+      <c r="M105" s="29"/>
+      <c r="N105" s="29"/>
+      <c r="O105" s="13"/>
+      <c r="P105" s="13"/>
+      <c r="Q105" s="13"/>
+      <c r="R105" s="13"/>
+    </row>
+    <row r="106" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A106" s="13"/>
+      <c r="B106" s="30"/>
+      <c r="C106" s="13"/>
+      <c r="D106" s="13"/>
+      <c r="E106" s="13"/>
+      <c r="F106" s="13"/>
+      <c r="G106" s="13"/>
+      <c r="H106" s="13"/>
+      <c r="I106" s="13"/>
+      <c r="J106" s="29"/>
+      <c r="K106" s="29"/>
+      <c r="L106" s="29"/>
+      <c r="M106" s="29"/>
+      <c r="N106" s="29"/>
+      <c r="O106" s="13"/>
+      <c r="P106" s="13"/>
+      <c r="Q106" s="13"/>
+      <c r="R106" s="13"/>
+    </row>
+    <row r="107" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A107" s="13"/>
+      <c r="B107" s="30"/>
+      <c r="C107" s="13"/>
+      <c r="D107" s="13"/>
+      <c r="E107" s="13"/>
+      <c r="F107" s="13"/>
+      <c r="G107" s="13"/>
+      <c r="H107" s="13"/>
+      <c r="I107" s="13"/>
+      <c r="J107" s="29"/>
+      <c r="K107" s="29"/>
+      <c r="L107" s="29"/>
+      <c r="M107" s="29"/>
+      <c r="N107" s="29"/>
+      <c r="O107" s="13"/>
+      <c r="P107" s="13"/>
+      <c r="Q107" s="13"/>
+      <c r="R107" s="13"/>
+    </row>
+    <row r="108" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A108" s="13"/>
+      <c r="B108" s="30"/>
+      <c r="C108" s="13"/>
+      <c r="D108" s="13"/>
+      <c r="E108" s="13"/>
+      <c r="F108" s="13"/>
+      <c r="G108" s="13"/>
+      <c r="H108" s="13"/>
+      <c r="I108" s="13"/>
+      <c r="J108" s="29"/>
+      <c r="K108" s="29"/>
+      <c r="L108" s="29"/>
+      <c r="M108" s="29"/>
+      <c r="N108" s="29"/>
+      <c r="O108" s="13"/>
+      <c r="P108" s="13"/>
+      <c r="Q108" s="13"/>
+      <c r="R108" s="13"/>
+    </row>
+    <row r="109" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A109" s="13"/>
+      <c r="B109" s="30"/>
+      <c r="C109" s="13"/>
+      <c r="D109" s="13"/>
+      <c r="E109" s="13"/>
+      <c r="F109" s="13"/>
+      <c r="G109" s="13"/>
+      <c r="H109" s="13"/>
+      <c r="I109" s="13"/>
+      <c r="J109" s="29"/>
+      <c r="K109" s="29"/>
+      <c r="L109" s="29"/>
+      <c r="M109" s="29"/>
+      <c r="N109" s="29"/>
+      <c r="O109" s="13"/>
+      <c r="P109" s="13"/>
+      <c r="Q109" s="13"/>
+      <c r="R109" s="13"/>
+    </row>
+    <row r="110" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A110" s="13"/>
+      <c r="B110" s="30"/>
+      <c r="C110" s="13"/>
+      <c r="D110" s="13"/>
+      <c r="E110" s="13"/>
+      <c r="F110" s="13"/>
+      <c r="G110" s="13"/>
+      <c r="H110" s="13"/>
+      <c r="I110" s="13"/>
+      <c r="J110" s="29"/>
+      <c r="K110" s="29"/>
+      <c r="L110" s="29"/>
+      <c r="M110" s="29"/>
+      <c r="N110" s="29"/>
+      <c r="O110" s="13"/>
+      <c r="P110" s="13"/>
+      <c r="Q110" s="13"/>
+      <c r="R110" s="13"/>
+    </row>
+    <row r="111" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A111" s="13"/>
+      <c r="B111" s="30"/>
+      <c r="C111" s="13"/>
+      <c r="D111" s="13"/>
+      <c r="E111" s="13"/>
+      <c r="F111" s="13"/>
+      <c r="G111" s="13"/>
+      <c r="H111" s="13"/>
+      <c r="I111" s="13"/>
+      <c r="J111" s="29"/>
+      <c r="K111" s="29"/>
+      <c r="L111" s="29"/>
+      <c r="M111" s="29"/>
+      <c r="N111" s="29"/>
+      <c r="O111" s="13"/>
+      <c r="P111" s="13"/>
+      <c r="Q111" s="13"/>
+      <c r="R111" s="13"/>
+    </row>
+    <row r="112" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A112" s="13"/>
+      <c r="B112" s="30"/>
+      <c r="C112" s="13"/>
+      <c r="D112" s="13"/>
+      <c r="E112" s="13"/>
+      <c r="F112" s="13"/>
+      <c r="G112" s="13"/>
+      <c r="H112" s="13"/>
+      <c r="I112" s="13"/>
+      <c r="J112" s="29"/>
+      <c r="K112" s="29"/>
+      <c r="L112" s="29"/>
+      <c r="M112" s="29"/>
+      <c r="N112" s="29"/>
+      <c r="O112" s="13"/>
+      <c r="P112" s="13"/>
+      <c r="Q112" s="13"/>
+      <c r="R112" s="13"/>
+    </row>
+    <row r="113" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A113" s="13"/>
+      <c r="B113" s="30"/>
+      <c r="C113" s="13"/>
+      <c r="D113" s="13"/>
+      <c r="E113" s="13"/>
+      <c r="F113" s="13"/>
+      <c r="G113" s="13"/>
+      <c r="H113" s="13"/>
+      <c r="I113" s="13"/>
+      <c r="J113" s="29"/>
+      <c r="K113" s="29"/>
+      <c r="L113" s="29"/>
+      <c r="M113" s="29"/>
+      <c r="N113" s="29"/>
+      <c r="O113" s="13"/>
+      <c r="P113" s="13"/>
+      <c r="Q113" s="13"/>
+      <c r="R113" s="13"/>
+    </row>
+    <row r="114" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A114" s="13"/>
+      <c r="B114" s="30"/>
+      <c r="C114" s="13"/>
+      <c r="D114" s="13"/>
+      <c r="E114" s="13"/>
+      <c r="F114" s="13"/>
+      <c r="G114" s="13"/>
+      <c r="H114" s="13"/>
+      <c r="I114" s="13"/>
+      <c r="J114" s="29"/>
+      <c r="K114" s="29"/>
+      <c r="L114" s="29"/>
+      <c r="M114" s="29"/>
+      <c r="N114" s="29"/>
+      <c r="O114" s="13"/>
+      <c r="P114" s="13"/>
+      <c r="Q114" s="13"/>
+      <c r="R114" s="13"/>
+    </row>
+    <row r="115" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A115" s="13"/>
+      <c r="B115" s="30"/>
+      <c r="C115" s="13"/>
+      <c r="D115" s="13"/>
+      <c r="E115" s="13"/>
+      <c r="F115" s="13"/>
+      <c r="G115" s="13"/>
+      <c r="H115" s="13"/>
+      <c r="I115" s="13"/>
+      <c r="J115" s="29"/>
+      <c r="K115" s="29"/>
+      <c r="L115" s="29"/>
+      <c r="M115" s="29"/>
+      <c r="N115" s="29"/>
+      <c r="O115" s="13"/>
+      <c r="P115" s="13"/>
+      <c r="Q115" s="13"/>
+      <c r="R115" s="13"/>
+    </row>
+    <row r="116" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A116" s="13"/>
+      <c r="B116" s="30"/>
+      <c r="C116" s="13"/>
+      <c r="D116" s="13"/>
+      <c r="E116" s="13"/>
+      <c r="F116" s="13"/>
+      <c r="G116" s="13"/>
+      <c r="H116" s="13"/>
+      <c r="I116" s="13"/>
+      <c r="J116" s="29"/>
+      <c r="K116" s="29"/>
+      <c r="L116" s="29"/>
+      <c r="M116" s="29"/>
+      <c r="N116" s="29"/>
+      <c r="O116" s="13"/>
+      <c r="P116" s="13"/>
+      <c r="Q116" s="13"/>
+      <c r="R116" s="13"/>
+    </row>
+    <row r="117" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A117" s="13"/>
+      <c r="B117" s="30"/>
+      <c r="C117" s="13"/>
+      <c r="D117" s="13"/>
+      <c r="E117" s="13"/>
+      <c r="F117" s="13"/>
+      <c r="G117" s="13"/>
+      <c r="H117" s="13"/>
+      <c r="I117" s="13"/>
+      <c r="J117" s="29"/>
+      <c r="K117" s="29"/>
+      <c r="L117" s="29"/>
+      <c r="M117" s="29"/>
+      <c r="N117" s="29"/>
+      <c r="O117" s="13"/>
+      <c r="P117" s="13"/>
+      <c r="Q117" s="13"/>
+      <c r="R117" s="13"/>
+    </row>
+    <row r="118" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A118" s="13"/>
+      <c r="B118" s="30"/>
+      <c r="C118" s="13"/>
+      <c r="D118" s="13"/>
+      <c r="E118" s="13"/>
+      <c r="F118" s="13"/>
+      <c r="G118" s="13"/>
+      <c r="H118" s="13"/>
+      <c r="I118" s="13"/>
+      <c r="J118" s="29"/>
+      <c r="K118" s="29"/>
+      <c r="L118" s="29"/>
+      <c r="M118" s="29"/>
+      <c r="N118" s="29"/>
+      <c r="O118" s="13"/>
+      <c r="P118" s="13"/>
+      <c r="Q118" s="13"/>
+      <c r="R118" s="13"/>
+    </row>
+    <row r="119" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A119" s="13"/>
+      <c r="B119" s="30"/>
+      <c r="C119" s="13"/>
+      <c r="D119" s="13"/>
+      <c r="E119" s="13"/>
+      <c r="F119" s="13"/>
+      <c r="G119" s="13"/>
+      <c r="H119" s="13"/>
+      <c r="I119" s="13"/>
+      <c r="J119" s="29"/>
+      <c r="K119" s="29"/>
+      <c r="L119" s="29"/>
+      <c r="M119" s="29"/>
+      <c r="N119" s="29"/>
+      <c r="O119" s="13"/>
+      <c r="P119" s="13"/>
+      <c r="Q119" s="13"/>
+      <c r="R119" s="13"/>
+    </row>
+    <row r="120" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A120" s="13"/>
+      <c r="B120" s="30"/>
+      <c r="C120" s="13"/>
+      <c r="D120" s="13"/>
+      <c r="E120" s="13"/>
+      <c r="F120" s="13"/>
+      <c r="G120" s="13"/>
+      <c r="H120" s="13"/>
+      <c r="I120" s="13"/>
+      <c r="J120" s="29"/>
+      <c r="K120" s="29"/>
+      <c r="L120" s="29"/>
+      <c r="M120" s="29"/>
+      <c r="N120" s="29"/>
+      <c r="O120" s="13"/>
+      <c r="P120" s="13"/>
+      <c r="Q120" s="13"/>
+      <c r="R120" s="13"/>
+    </row>
+    <row r="121" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A121" s="13"/>
+      <c r="B121" s="30"/>
+      <c r="C121" s="13"/>
+      <c r="D121" s="13"/>
+      <c r="E121" s="13"/>
+      <c r="F121" s="13"/>
+      <c r="G121" s="13"/>
+      <c r="H121" s="13"/>
+      <c r="I121" s="13"/>
+      <c r="J121" s="29"/>
+      <c r="K121" s="29"/>
+      <c r="L121" s="29"/>
+      <c r="M121" s="29"/>
+      <c r="N121" s="29"/>
+      <c r="O121" s="13"/>
+      <c r="P121" s="13"/>
+      <c r="Q121" s="13"/>
+      <c r="R121" s="13"/>
+    </row>
+    <row r="122" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A122" s="13"/>
+      <c r="B122" s="30"/>
+      <c r="C122" s="13"/>
+      <c r="D122" s="13"/>
+      <c r="E122" s="13"/>
+      <c r="F122" s="13"/>
+      <c r="G122" s="13"/>
+      <c r="H122" s="13"/>
+      <c r="I122" s="13"/>
+      <c r="J122" s="29"/>
+      <c r="K122" s="29"/>
+      <c r="L122" s="29"/>
+      <c r="M122" s="29"/>
+      <c r="N122" s="29"/>
+      <c r="O122" s="13"/>
+      <c r="P122" s="13"/>
+      <c r="Q122" s="13"/>
+      <c r="R122" s="13"/>
+    </row>
+    <row r="123" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A123" s="13"/>
+      <c r="B123" s="30"/>
+      <c r="C123" s="13"/>
+      <c r="D123" s="13"/>
+      <c r="E123" s="13"/>
+      <c r="F123" s="13"/>
+      <c r="G123" s="13"/>
+      <c r="H123" s="13"/>
+      <c r="I123" s="13"/>
+      <c r="J123" s="29"/>
+      <c r="K123" s="29"/>
+      <c r="L123" s="29"/>
+      <c r="M123" s="29"/>
+      <c r="N123" s="29"/>
+      <c r="O123" s="13"/>
+      <c r="P123" s="13"/>
+      <c r="Q123" s="13"/>
+      <c r="R123" s="13"/>
+    </row>
+    <row r="124" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A124" s="13"/>
+      <c r="B124" s="30"/>
+      <c r="C124" s="13"/>
+      <c r="D124" s="13"/>
+      <c r="E124" s="13"/>
+      <c r="F124" s="13"/>
+      <c r="G124" s="13"/>
+      <c r="H124" s="13"/>
+      <c r="I124" s="13"/>
+      <c r="J124" s="29"/>
+      <c r="K124" s="29"/>
+      <c r="L124" s="29"/>
+      <c r="M124" s="29"/>
+      <c r="N124" s="29"/>
+      <c r="O124" s="13"/>
+      <c r="P124" s="13"/>
+      <c r="Q124" s="13"/>
+      <c r="R124" s="13"/>
+    </row>
+    <row r="125" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A125" s="13"/>
+      <c r="B125" s="30"/>
+      <c r="C125" s="13"/>
+      <c r="D125" s="13"/>
+      <c r="E125" s="13"/>
+      <c r="F125" s="13"/>
+      <c r="G125" s="13"/>
+      <c r="H125" s="13"/>
+      <c r="I125" s="13"/>
+      <c r="J125" s="29"/>
+      <c r="K125" s="29"/>
+      <c r="L125" s="29"/>
+      <c r="M125" s="29"/>
+      <c r="N125" s="29"/>
+      <c r="O125" s="13"/>
+      <c r="P125" s="13"/>
+      <c r="Q125" s="13"/>
+      <c r="R125" s="13"/>
+    </row>
+    <row r="126" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A126" s="13"/>
+      <c r="B126" s="30"/>
+      <c r="C126" s="13"/>
+      <c r="D126" s="13"/>
+      <c r="E126" s="13"/>
+      <c r="F126" s="13"/>
+      <c r="G126" s="13"/>
+      <c r="H126" s="13"/>
+      <c r="I126" s="13"/>
+      <c r="J126" s="29"/>
+      <c r="K126" s="29"/>
+      <c r="L126" s="29"/>
+      <c r="M126" s="29"/>
+      <c r="N126" s="29"/>
+      <c r="O126" s="13"/>
+      <c r="P126" s="13"/>
+      <c r="Q126" s="13"/>
+      <c r="R126" s="13"/>
+    </row>
+    <row r="127" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A127" s="13"/>
+      <c r="B127" s="30"/>
+      <c r="C127" s="13"/>
+      <c r="D127" s="13"/>
+      <c r="E127" s="13"/>
+      <c r="F127" s="13"/>
+      <c r="G127" s="13"/>
+      <c r="H127" s="13"/>
+      <c r="I127" s="13"/>
+      <c r="J127" s="29"/>
+      <c r="K127" s="29"/>
+      <c r="L127" s="29"/>
+      <c r="M127" s="29"/>
+      <c r="N127" s="29"/>
+      <c r="O127" s="13"/>
+      <c r="P127" s="13"/>
+      <c r="Q127" s="13"/>
+      <c r="R127" s="13"/>
+    </row>
+    <row r="128" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A128" s="13"/>
+      <c r="B128" s="30"/>
+      <c r="C128" s="13"/>
+      <c r="D128" s="13"/>
+      <c r="E128" s="13"/>
+      <c r="F128" s="13"/>
+      <c r="G128" s="13"/>
+      <c r="H128" s="13"/>
+      <c r="I128" s="13"/>
+      <c r="J128" s="29"/>
+      <c r="K128" s="29"/>
+      <c r="L128" s="29"/>
+      <c r="M128" s="29"/>
+      <c r="N128" s="29"/>
+      <c r="O128" s="13"/>
+      <c r="P128" s="13"/>
+      <c r="Q128" s="13"/>
+      <c r="R128" s="13"/>
+    </row>
+    <row r="129" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A129" s="13"/>
+      <c r="B129" s="30"/>
+      <c r="C129" s="13"/>
+      <c r="D129" s="13"/>
+      <c r="E129" s="13"/>
+      <c r="F129" s="13"/>
+      <c r="G129" s="13"/>
+      <c r="H129" s="13"/>
+      <c r="I129" s="13"/>
+      <c r="J129" s="29"/>
+      <c r="K129" s="29"/>
+      <c r="L129" s="29"/>
+      <c r="M129" s="29"/>
+      <c r="N129" s="29"/>
+      <c r="O129" s="13"/>
+      <c r="P129" s="13"/>
+      <c r="Q129" s="13"/>
+      <c r="R129" s="13"/>
+    </row>
+    <row r="130" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A130" s="13"/>
+      <c r="B130" s="30"/>
+      <c r="C130" s="13"/>
+      <c r="D130" s="13"/>
+      <c r="E130" s="13"/>
+      <c r="F130" s="13"/>
+      <c r="G130" s="13"/>
+      <c r="H130" s="13"/>
+      <c r="I130" s="13"/>
+      <c r="J130" s="29"/>
+      <c r="K130" s="29"/>
+      <c r="L130" s="29"/>
+      <c r="M130" s="29"/>
+      <c r="N130" s="29"/>
+      <c r="O130" s="13"/>
+      <c r="P130" s="13"/>
+      <c r="Q130" s="13"/>
+      <c r="R130" s="13"/>
+    </row>
+    <row r="131" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A131" s="13"/>
+      <c r="B131" s="30"/>
+      <c r="C131" s="13"/>
+      <c r="D131" s="13"/>
+      <c r="E131" s="13"/>
+      <c r="F131" s="13"/>
+      <c r="G131" s="13"/>
+      <c r="H131" s="13"/>
+      <c r="I131" s="13"/>
+      <c r="J131" s="29"/>
+      <c r="K131" s="29"/>
+      <c r="L131" s="29"/>
+      <c r="M131" s="29"/>
+      <c r="N131" s="29"/>
+      <c r="O131" s="13"/>
+      <c r="P131" s="13"/>
+      <c r="Q131" s="13"/>
+      <c r="R131" s="13"/>
+    </row>
+    <row r="132" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A132" s="13"/>
+      <c r="B132" s="30"/>
+      <c r="C132" s="13"/>
+      <c r="D132" s="13"/>
+      <c r="E132" s="13"/>
+      <c r="F132" s="13"/>
+      <c r="G132" s="13"/>
+      <c r="H132" s="13"/>
+      <c r="I132" s="13"/>
+      <c r="J132" s="29"/>
+      <c r="K132" s="29"/>
+      <c r="L132" s="29"/>
+      <c r="M132" s="29"/>
+      <c r="N132" s="29"/>
+      <c r="O132" s="13"/>
+      <c r="P132" s="13"/>
+      <c r="Q132" s="13"/>
+      <c r="R132" s="13"/>
+    </row>
+    <row r="133" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A133" s="13"/>
+      <c r="B133" s="30"/>
+      <c r="C133" s="13"/>
+      <c r="D133" s="13"/>
+      <c r="E133" s="13"/>
+      <c r="F133" s="13"/>
+      <c r="G133" s="13"/>
+      <c r="H133" s="13"/>
+      <c r="I133" s="13"/>
+      <c r="J133" s="29"/>
+      <c r="K133" s="29"/>
+      <c r="L133" s="29"/>
+      <c r="M133" s="29"/>
+      <c r="N133" s="29"/>
+      <c r="O133" s="13"/>
+      <c r="P133" s="13"/>
+      <c r="Q133" s="13"/>
+      <c r="R133" s="13"/>
+    </row>
+    <row r="134" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A134" s="13"/>
+      <c r="B134" s="30"/>
+      <c r="C134" s="13"/>
+      <c r="D134" s="13"/>
+      <c r="E134" s="13"/>
+      <c r="F134" s="13"/>
+      <c r="G134" s="13"/>
+      <c r="H134" s="13"/>
+      <c r="I134" s="13"/>
+      <c r="J134" s="29"/>
+      <c r="K134" s="29"/>
+      <c r="L134" s="29"/>
+      <c r="M134" s="29"/>
+      <c r="N134" s="29"/>
+      <c r="O134" s="13"/>
+      <c r="P134" s="13"/>
+      <c r="Q134" s="13"/>
+      <c r="R134" s="13"/>
+    </row>
+    <row r="135" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A135" s="13"/>
+      <c r="B135" s="30"/>
+      <c r="C135" s="13"/>
+      <c r="D135" s="13"/>
+      <c r="E135" s="13"/>
+      <c r="F135" s="13"/>
+      <c r="G135" s="13"/>
+      <c r="H135" s="13"/>
+      <c r="I135" s="13"/>
+      <c r="J135" s="29"/>
+      <c r="K135" s="29"/>
+      <c r="L135" s="29"/>
+      <c r="M135" s="29"/>
+      <c r="N135" s="29"/>
+      <c r="O135" s="13"/>
+      <c r="P135" s="13"/>
+      <c r="Q135" s="13"/>
+      <c r="R135" s="13"/>
+    </row>
+    <row r="136" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A136" s="13"/>
+      <c r="B136" s="30"/>
+      <c r="C136" s="13"/>
+      <c r="D136" s="13"/>
+      <c r="E136" s="13"/>
+      <c r="F136" s="13"/>
+      <c r="G136" s="13"/>
+      <c r="H136" s="13"/>
+      <c r="I136" s="13"/>
+      <c r="J136" s="29"/>
+      <c r="K136" s="29"/>
+      <c r="L136" s="29"/>
+      <c r="M136" s="29"/>
+      <c r="N136" s="29"/>
+      <c r="O136" s="13"/>
+      <c r="P136" s="13"/>
+      <c r="Q136" s="13"/>
+      <c r="R136" s="13"/>
+    </row>
+    <row r="137" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A137" s="13"/>
+      <c r="B137" s="30"/>
+      <c r="C137" s="13"/>
+      <c r="D137" s="13"/>
+      <c r="E137" s="13"/>
+      <c r="F137" s="13"/>
+      <c r="G137" s="13"/>
+      <c r="H137" s="13"/>
+      <c r="I137" s="13"/>
+      <c r="J137" s="29"/>
+      <c r="K137" s="29"/>
+      <c r="L137" s="29"/>
+      <c r="M137" s="29"/>
+      <c r="N137" s="29"/>
+      <c r="O137" s="13"/>
+      <c r="P137" s="13"/>
+      <c r="Q137" s="13"/>
+      <c r="R137" s="13"/>
+    </row>
+    <row r="138" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A138" s="13"/>
+      <c r="B138" s="30"/>
+      <c r="C138" s="13"/>
+      <c r="D138" s="13"/>
+      <c r="E138" s="13"/>
+      <c r="F138" s="13"/>
+      <c r="G138" s="13"/>
+      <c r="H138" s="13"/>
+      <c r="I138" s="13"/>
+      <c r="J138" s="29"/>
+      <c r="K138" s="29"/>
+      <c r="L138" s="29"/>
+      <c r="M138" s="29"/>
+      <c r="N138" s="29"/>
+      <c r="O138" s="13"/>
+      <c r="P138" s="13"/>
+      <c r="Q138" s="13"/>
+      <c r="R138" s="13"/>
+    </row>
+    <row r="139" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A139" s="13"/>
+      <c r="B139" s="30"/>
+      <c r="C139" s="13"/>
+      <c r="D139" s="13"/>
+      <c r="E139" s="13"/>
+      <c r="F139" s="13"/>
+      <c r="G139" s="13"/>
+      <c r="H139" s="13"/>
+      <c r="I139" s="13"/>
+      <c r="J139" s="29"/>
+      <c r="K139" s="29"/>
+      <c r="L139" s="29"/>
+      <c r="M139" s="29"/>
+      <c r="N139" s="29"/>
+      <c r="O139" s="13"/>
+      <c r="P139" s="13"/>
+      <c r="Q139" s="13"/>
+      <c r="R139" s="13"/>
+    </row>
+    <row r="140" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A140" s="13"/>
+      <c r="B140" s="30"/>
+      <c r="C140" s="13"/>
+      <c r="D140" s="13"/>
+      <c r="E140" s="13"/>
+      <c r="F140" s="13"/>
+      <c r="G140" s="13"/>
+      <c r="H140" s="13"/>
+      <c r="I140" s="13"/>
+      <c r="J140" s="29"/>
+      <c r="K140" s="29"/>
+      <c r="L140" s="29"/>
+      <c r="M140" s="29"/>
+      <c r="N140" s="29"/>
+      <c r="O140" s="13"/>
+      <c r="P140" s="13"/>
+      <c r="Q140" s="13"/>
+      <c r="R140" s="13"/>
+    </row>
+    <row r="141" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A141" s="13"/>
+      <c r="B141" s="30"/>
+      <c r="C141" s="13"/>
+      <c r="D141" s="13"/>
+      <c r="E141" s="13"/>
+      <c r="F141" s="13"/>
+      <c r="G141" s="13"/>
+      <c r="H141" s="13"/>
+      <c r="I141" s="13"/>
+      <c r="J141" s="29"/>
+      <c r="K141" s="29"/>
+      <c r="L141" s="29"/>
+      <c r="M141" s="29"/>
+      <c r="N141" s="29"/>
+      <c r="O141" s="13"/>
+      <c r="P141" s="13"/>
+      <c r="Q141" s="13"/>
+      <c r="R141" s="13"/>
+    </row>
+    <row r="142" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A142" s="13"/>
+      <c r="B142" s="30"/>
+      <c r="C142" s="13"/>
+      <c r="D142" s="13"/>
+      <c r="E142" s="13"/>
+      <c r="F142" s="13"/>
+      <c r="G142" s="13"/>
+      <c r="H142" s="13"/>
+      <c r="I142" s="13"/>
+      <c r="J142" s="29"/>
+      <c r="K142" s="29"/>
+      <c r="L142" s="29"/>
+      <c r="M142" s="29"/>
+      <c r="N142" s="29"/>
+      <c r="O142" s="13"/>
+      <c r="P142" s="13"/>
+      <c r="Q142" s="13"/>
+      <c r="R142" s="13"/>
+    </row>
+    <row r="143" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A143" s="13"/>
+      <c r="B143" s="30"/>
+      <c r="C143" s="13"/>
+      <c r="D143" s="13"/>
+      <c r="E143" s="13"/>
+      <c r="F143" s="13"/>
+      <c r="G143" s="13"/>
+      <c r="H143" s="13"/>
+      <c r="I143" s="13"/>
+      <c r="J143" s="29"/>
+      <c r="K143" s="29"/>
+      <c r="L143" s="29"/>
+      <c r="M143" s="29"/>
+      <c r="N143" s="29"/>
+      <c r="O143" s="13"/>
+      <c r="P143" s="13"/>
+      <c r="Q143" s="13"/>
+      <c r="R143" s="13"/>
+    </row>
+    <row r="144" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A144" s="13"/>
+      <c r="B144" s="30"/>
+      <c r="C144" s="13"/>
+      <c r="D144" s="13"/>
+      <c r="E144" s="13"/>
+      <c r="F144" s="13"/>
+      <c r="G144" s="13"/>
+      <c r="H144" s="13"/>
+      <c r="I144" s="13"/>
+      <c r="J144" s="29"/>
+      <c r="K144" s="29"/>
+      <c r="L144" s="29"/>
+      <c r="M144" s="29"/>
+      <c r="N144" s="29"/>
+      <c r="O144" s="13"/>
+      <c r="P144" s="13"/>
+      <c r="Q144" s="13"/>
+      <c r="R144" s="13"/>
+    </row>
+    <row r="145" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A145" s="13"/>
+      <c r="B145" s="30"/>
+      <c r="C145" s="13"/>
+      <c r="D145" s="13"/>
+      <c r="E145" s="13"/>
+      <c r="F145" s="13"/>
+      <c r="G145" s="13"/>
+      <c r="H145" s="13"/>
+      <c r="I145" s="13"/>
+      <c r="J145" s="29"/>
+      <c r="K145" s="29"/>
+      <c r="L145" s="29"/>
+      <c r="M145" s="29"/>
+      <c r="N145" s="29"/>
+      <c r="O145" s="13"/>
+      <c r="P145" s="13"/>
+      <c r="Q145" s="13"/>
+      <c r="R145" s="13"/>
+    </row>
+    <row r="146" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A146" s="13"/>
+      <c r="B146" s="30"/>
+      <c r="C146" s="13"/>
+      <c r="D146" s="13"/>
+      <c r="E146" s="13"/>
+      <c r="F146" s="13"/>
+      <c r="G146" s="13"/>
+      <c r="H146" s="13"/>
+      <c r="I146" s="13"/>
+      <c r="J146" s="29"/>
+      <c r="K146" s="29"/>
+      <c r="L146" s="29"/>
+      <c r="M146" s="29"/>
+      <c r="N146" s="29"/>
+      <c r="O146" s="13"/>
+      <c r="P146" s="13"/>
+      <c r="Q146" s="13"/>
+      <c r="R146" s="13"/>
+    </row>
+    <row r="147" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A147" s="13"/>
+      <c r="B147" s="30"/>
+      <c r="C147" s="13"/>
+      <c r="D147" s="13"/>
+      <c r="E147" s="13"/>
+      <c r="F147" s="13"/>
+      <c r="G147" s="13"/>
+      <c r="H147" s="13"/>
+      <c r="I147" s="13"/>
+      <c r="J147" s="29"/>
+      <c r="K147" s="29"/>
+      <c r="L147" s="29"/>
+      <c r="M147" s="29"/>
+      <c r="N147" s="29"/>
+      <c r="O147" s="13"/>
+      <c r="P147" s="13"/>
+      <c r="Q147" s="13"/>
+      <c r="R147" s="13"/>
+    </row>
+    <row r="148" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A148" s="13"/>
+      <c r="B148" s="30"/>
+      <c r="C148" s="13"/>
+      <c r="D148" s="13"/>
+      <c r="E148" s="13"/>
+      <c r="F148" s="13"/>
+      <c r="G148" s="13"/>
+      <c r="H148" s="13"/>
+      <c r="I148" s="13"/>
+      <c r="J148" s="29"/>
+      <c r="K148" s="29"/>
+      <c r="L148" s="29"/>
+      <c r="M148" s="29"/>
+      <c r="N148" s="29"/>
+      <c r="O148" s="13"/>
+      <c r="P148" s="13"/>
+      <c r="Q148" s="13"/>
+      <c r="R148" s="13"/>
+    </row>
+    <row r="149" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A149" s="13"/>
+      <c r="B149" s="30"/>
+      <c r="C149" s="13"/>
+      <c r="D149" s="13"/>
+      <c r="E149" s="13"/>
+      <c r="F149" s="13"/>
+      <c r="G149" s="13"/>
+      <c r="H149" s="13"/>
+      <c r="I149" s="13"/>
+      <c r="J149" s="29"/>
+      <c r="K149" s="29"/>
+      <c r="L149" s="29"/>
+      <c r="M149" s="29"/>
+      <c r="N149" s="29"/>
+      <c r="O149" s="13"/>
+      <c r="P149" s="13"/>
+      <c r="Q149" s="13"/>
+      <c r="R149" s="13"/>
+    </row>
+    <row r="150" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A150" s="13"/>
+      <c r="B150" s="30"/>
+      <c r="C150" s="13"/>
+      <c r="D150" s="13"/>
+      <c r="E150" s="13"/>
+      <c r="F150" s="13"/>
+      <c r="G150" s="13"/>
+      <c r="H150" s="13"/>
+      <c r="I150" s="13"/>
+      <c r="J150" s="29"/>
+      <c r="K150" s="29"/>
+      <c r="L150" s="29"/>
+      <c r="M150" s="29"/>
+      <c r="N150" s="29"/>
+      <c r="O150" s="13"/>
+      <c r="P150" s="13"/>
+      <c r="Q150" s="13"/>
+      <c r="R150" s="13"/>
+    </row>
+    <row r="151" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A151" s="13"/>
+      <c r="B151" s="30"/>
+      <c r="C151" s="13"/>
+      <c r="D151" s="13"/>
+      <c r="E151" s="13"/>
+      <c r="F151" s="13"/>
+      <c r="G151" s="13"/>
+      <c r="H151" s="13"/>
+      <c r="I151" s="13"/>
+      <c r="J151" s="29"/>
+      <c r="K151" s="29"/>
+      <c r="L151" s="29"/>
+      <c r="M151" s="29"/>
+      <c r="N151" s="29"/>
+      <c r="O151" s="13"/>
+      <c r="P151" s="13"/>
+      <c r="Q151" s="13"/>
+      <c r="R151" s="13"/>
+    </row>
+    <row r="152" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A152" s="13"/>
+      <c r="B152" s="30"/>
+      <c r="C152" s="13"/>
+      <c r="D152" s="13"/>
+      <c r="E152" s="13"/>
+      <c r="F152" s="13"/>
+      <c r="G152" s="13"/>
+      <c r="H152" s="13"/>
+      <c r="I152" s="13"/>
+      <c r="J152" s="29"/>
+      <c r="K152" s="29"/>
+      <c r="L152" s="29"/>
+      <c r="M152" s="29"/>
+      <c r="N152" s="29"/>
+      <c r="O152" s="13"/>
+      <c r="P152" s="13"/>
+      <c r="Q152" s="13"/>
+      <c r="R152" s="13"/>
+    </row>
+    <row r="153" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A153" s="13"/>
+      <c r="B153" s="30"/>
+      <c r="C153" s="13"/>
+      <c r="D153" s="13"/>
+      <c r="E153" s="13"/>
+      <c r="F153" s="13"/>
+      <c r="G153" s="13"/>
+      <c r="H153" s="13"/>
+      <c r="I153" s="13"/>
+      <c r="J153" s="29"/>
+      <c r="K153" s="29"/>
+      <c r="L153" s="29"/>
+      <c r="M153" s="29"/>
+      <c r="N153" s="29"/>
+      <c r="O153" s="13"/>
+      <c r="P153" s="13"/>
+      <c r="Q153" s="13"/>
+      <c r="R153" s="13"/>
+    </row>
+    <row r="154" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A154" s="13"/>
+      <c r="B154" s="30"/>
+      <c r="C154" s="13"/>
+      <c r="D154" s="13"/>
+      <c r="E154" s="13"/>
+      <c r="F154" s="13"/>
+      <c r="G154" s="13"/>
+      <c r="H154" s="13"/>
+      <c r="I154" s="13"/>
+      <c r="J154" s="29"/>
+      <c r="K154" s="29"/>
+      <c r="L154" s="29"/>
+      <c r="M154" s="29"/>
+      <c r="N154" s="29"/>
+      <c r="O154" s="13"/>
+      <c r="P154" s="13"/>
+      <c r="Q154" s="13"/>
+      <c r="R154" s="13"/>
+    </row>
+    <row r="155" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A155" s="13"/>
+      <c r="B155" s="30"/>
+      <c r="C155" s="13"/>
+      <c r="D155" s="13"/>
+      <c r="E155" s="13"/>
+      <c r="F155" s="13"/>
+      <c r="G155" s="13"/>
+      <c r="H155" s="13"/>
+      <c r="I155" s="13"/>
+      <c r="J155" s="29"/>
+      <c r="K155" s="29"/>
+      <c r="L155" s="29"/>
+      <c r="M155" s="29"/>
+      <c r="N155" s="29"/>
+      <c r="O155" s="13"/>
+      <c r="P155" s="13"/>
+      <c r="Q155" s="13"/>
+      <c r="R155" s="13"/>
+    </row>
+    <row r="156" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A156" s="13"/>
+      <c r="B156" s="30"/>
+      <c r="C156" s="13"/>
+      <c r="D156" s="13"/>
+      <c r="E156" s="13"/>
+      <c r="F156" s="13"/>
+      <c r="G156" s="13"/>
+      <c r="H156" s="13"/>
+      <c r="I156" s="13"/>
+      <c r="J156" s="29"/>
+      <c r="K156" s="29"/>
+      <c r="L156" s="29"/>
+      <c r="M156" s="29"/>
+      <c r="N156" s="29"/>
+      <c r="O156" s="13"/>
+      <c r="P156" s="13"/>
+      <c r="Q156" s="13"/>
+      <c r="R156" s="13"/>
+    </row>
+    <row r="157" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A157" s="13"/>
+      <c r="B157" s="30"/>
+      <c r="C157" s="13"/>
+      <c r="D157" s="13"/>
+      <c r="E157" s="13"/>
+      <c r="F157" s="13"/>
+      <c r="G157" s="13"/>
+      <c r="H157" s="13"/>
+      <c r="I157" s="13"/>
+      <c r="J157" s="29"/>
+      <c r="K157" s="29"/>
+      <c r="L157" s="29"/>
+      <c r="M157" s="29"/>
+      <c r="N157" s="29"/>
+      <c r="O157" s="13"/>
+      <c r="P157" s="13"/>
+      <c r="Q157" s="13"/>
+      <c r="R157" s="13"/>
+    </row>
+    <row r="158" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A158" s="13"/>
+      <c r="B158" s="30"/>
+      <c r="C158" s="13"/>
+      <c r="D158" s="13"/>
+      <c r="E158" s="13"/>
+      <c r="F158" s="13"/>
+      <c r="G158" s="13"/>
+      <c r="H158" s="13"/>
+      <c r="I158" s="13"/>
+      <c r="J158" s="29"/>
+      <c r="K158" s="29"/>
+      <c r="L158" s="29"/>
+      <c r="M158" s="29"/>
+      <c r="N158" s="29"/>
+      <c r="O158" s="13"/>
+      <c r="P158" s="13"/>
+      <c r="Q158" s="13"/>
+      <c r="R158" s="13"/>
+    </row>
+    <row r="159" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A159" s="13"/>
+      <c r="B159" s="30"/>
+      <c r="C159" s="13"/>
+      <c r="D159" s="13"/>
+      <c r="E159" s="13"/>
+      <c r="F159" s="13"/>
+      <c r="G159" s="13"/>
+      <c r="H159" s="13"/>
+      <c r="I159" s="13"/>
+      <c r="J159" s="29"/>
+      <c r="K159" s="29"/>
+      <c r="L159" s="29"/>
+      <c r="M159" s="29"/>
+      <c r="N159" s="29"/>
+      <c r="O159" s="13"/>
+      <c r="P159" s="13"/>
+      <c r="Q159" s="13"/>
+      <c r="R159" s="13"/>
+    </row>
+    <row r="160" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A160" s="13"/>
+      <c r="B160" s="30"/>
+      <c r="C160" s="13"/>
+      <c r="D160" s="13"/>
+      <c r="E160" s="13"/>
+      <c r="F160" s="13"/>
+      <c r="G160" s="13"/>
+      <c r="H160" s="13"/>
+      <c r="I160" s="13"/>
+      <c r="J160" s="29"/>
+      <c r="K160" s="29"/>
+      <c r="L160" s="29"/>
+      <c r="M160" s="29"/>
+      <c r="N160" s="29"/>
+      <c r="O160" s="13"/>
+      <c r="P160" s="13"/>
+      <c r="Q160" s="13"/>
+      <c r="R160" s="13"/>
+    </row>
+    <row r="161" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A161" s="13"/>
+      <c r="B161" s="30"/>
+      <c r="C161" s="13"/>
+      <c r="D161" s="13"/>
+      <c r="E161" s="13"/>
+      <c r="F161" s="13"/>
+      <c r="G161" s="13"/>
+      <c r="H161" s="13"/>
+      <c r="I161" s="13"/>
+      <c r="J161" s="29"/>
+      <c r="K161" s="29"/>
+      <c r="L161" s="29"/>
+      <c r="M161" s="29"/>
+      <c r="N161" s="29"/>
+      <c r="O161" s="13"/>
+      <c r="P161" s="13"/>
+      <c r="Q161" s="13"/>
+      <c r="R161" s="13"/>
+    </row>
+    <row r="162" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A162" s="13"/>
+      <c r="B162" s="30"/>
+      <c r="C162" s="13"/>
+      <c r="D162" s="13"/>
+      <c r="E162" s="13"/>
+      <c r="F162" s="13"/>
+      <c r="G162" s="13"/>
+      <c r="H162" s="13"/>
+      <c r="I162" s="13"/>
+      <c r="J162" s="29"/>
+      <c r="K162" s="29"/>
+      <c r="L162" s="29"/>
+      <c r="M162" s="29"/>
+      <c r="N162" s="29"/>
+      <c r="O162" s="13"/>
+      <c r="P162" s="13"/>
+      <c r="Q162" s="13"/>
+      <c r="R162" s="13"/>
+    </row>
+    <row r="163" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A163" s="13"/>
+      <c r="B163" s="30"/>
+      <c r="C163" s="13"/>
+      <c r="D163" s="13"/>
+      <c r="E163" s="13"/>
+      <c r="F163" s="13"/>
+      <c r="G163" s="13"/>
+      <c r="H163" s="13"/>
+      <c r="I163" s="13"/>
+      <c r="J163" s="29"/>
+      <c r="K163" s="29"/>
+      <c r="L163" s="29"/>
+      <c r="M163" s="29"/>
+      <c r="N163" s="29"/>
+      <c r="O163" s="13"/>
+      <c r="P163" s="13"/>
+      <c r="Q163" s="13"/>
+      <c r="R163" s="13"/>
+    </row>
+    <row r="164" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A164" s="13"/>
+      <c r="B164" s="30"/>
+      <c r="C164" s="13"/>
+      <c r="D164" s="13"/>
+      <c r="E164" s="13"/>
+      <c r="F164" s="13"/>
+      <c r="G164" s="13"/>
+      <c r="H164" s="13"/>
+      <c r="I164" s="13"/>
+      <c r="J164" s="29"/>
+      <c r="K164" s="29"/>
+      <c r="L164" s="29"/>
+      <c r="M164" s="29"/>
+      <c r="N164" s="29"/>
+      <c r="O164" s="13"/>
+      <c r="P164" s="13"/>
+      <c r="Q164" s="13"/>
+      <c r="R164" s="13"/>
+    </row>
+    <row r="165" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A165" s="13"/>
+      <c r="B165" s="30"/>
+      <c r="C165" s="13"/>
+      <c r="D165" s="13"/>
+      <c r="E165" s="13"/>
+      <c r="F165" s="13"/>
+      <c r="G165" s="13"/>
+      <c r="H165" s="13"/>
+      <c r="I165" s="13"/>
+      <c r="J165" s="29"/>
+      <c r="K165" s="29"/>
+      <c r="L165" s="29"/>
+      <c r="M165" s="29"/>
+      <c r="N165" s="29"/>
+      <c r="O165" s="13"/>
+      <c r="P165" s="13"/>
+      <c r="Q165" s="13"/>
+      <c r="R165" s="13"/>
+    </row>
+    <row r="166" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A166" s="13"/>
+      <c r="B166" s="30"/>
+      <c r="C166" s="13"/>
+      <c r="D166" s="13"/>
+      <c r="E166" s="13"/>
+      <c r="F166" s="13"/>
+      <c r="G166" s="13"/>
+      <c r="H166" s="13"/>
+      <c r="I166" s="13"/>
+      <c r="J166" s="29"/>
+      <c r="K166" s="29"/>
+      <c r="L166" s="29"/>
+      <c r="M166" s="29"/>
+      <c r="N166" s="29"/>
+      <c r="O166" s="13"/>
+      <c r="P166" s="13"/>
+      <c r="Q166" s="13"/>
+      <c r="R166" s="13"/>
+    </row>
+    <row r="167" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A167" s="13"/>
+      <c r="B167" s="30"/>
+      <c r="C167" s="13"/>
+      <c r="D167" s="13"/>
+      <c r="E167" s="13"/>
+      <c r="F167" s="13"/>
+      <c r="G167" s="13"/>
+      <c r="H167" s="13"/>
+      <c r="I167" s="13"/>
+      <c r="J167" s="29"/>
+      <c r="K167" s="29"/>
+      <c r="L167" s="29"/>
+      <c r="M167" s="29"/>
+      <c r="N167" s="29"/>
+      <c r="O167" s="13"/>
+      <c r="P167" s="13"/>
+      <c r="Q167" s="13"/>
+      <c r="R167" s="13"/>
+    </row>
+    <row r="168" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A168" s="13"/>
+      <c r="B168" s="30"/>
+      <c r="C168" s="13"/>
+      <c r="D168" s="13"/>
+      <c r="E168" s="13"/>
+      <c r="F168" s="13"/>
+      <c r="G168" s="13"/>
+      <c r="H168" s="13"/>
+      <c r="I168" s="13"/>
+      <c r="J168" s="29"/>
+      <c r="K168" s="29"/>
+      <c r="L168" s="29"/>
+      <c r="M168" s="29"/>
+      <c r="N168" s="29"/>
+      <c r="O168" s="13"/>
+      <c r="P168" s="13"/>
+      <c r="Q168" s="13"/>
+      <c r="R168" s="13"/>
+    </row>
+    <row r="169" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A169" s="13"/>
+      <c r="B169" s="30"/>
+      <c r="C169" s="13"/>
+      <c r="D169" s="13"/>
+      <c r="E169" s="13"/>
+      <c r="F169" s="13"/>
+      <c r="G169" s="13"/>
+      <c r="H169" s="13"/>
+      <c r="I169" s="13"/>
+      <c r="J169" s="29"/>
+      <c r="K169" s="29"/>
+      <c r="L169" s="29"/>
+      <c r="M169" s="29"/>
+      <c r="N169" s="29"/>
+      <c r="O169" s="13"/>
+      <c r="P169" s="13"/>
+      <c r="Q169" s="13"/>
+      <c r="R169" s="13"/>
+    </row>
+    <row r="170" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A170" s="13"/>
+      <c r="B170" s="30"/>
+      <c r="C170" s="13"/>
+      <c r="D170" s="13"/>
+      <c r="E170" s="13"/>
+      <c r="F170" s="13"/>
+      <c r="G170" s="13"/>
+      <c r="H170" s="13"/>
+      <c r="I170" s="13"/>
+      <c r="J170" s="29"/>
+      <c r="K170" s="29"/>
+      <c r="L170" s="29"/>
+      <c r="M170" s="29"/>
+      <c r="N170" s="29"/>
+      <c r="O170" s="13"/>
+      <c r="P170" s="13"/>
+      <c r="Q170" s="13"/>
+      <c r="R170" s="13"/>
+    </row>
+    <row r="171" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A171" s="13"/>
+      <c r="B171" s="30"/>
+      <c r="C171" s="13"/>
+      <c r="D171" s="13"/>
+      <c r="E171" s="13"/>
+      <c r="F171" s="13"/>
+      <c r="G171" s="13"/>
+      <c r="H171" s="13"/>
+      <c r="I171" s="13"/>
+      <c r="J171" s="29"/>
+      <c r="K171" s="29"/>
+      <c r="L171" s="29"/>
+      <c r="M171" s="29"/>
+      <c r="N171" s="29"/>
+      <c r="O171" s="13"/>
+      <c r="P171" s="13"/>
+      <c r="Q171" s="13"/>
+      <c r="R171" s="13"/>
+    </row>
+    <row r="172" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A172" s="13"/>
+      <c r="B172" s="30"/>
+      <c r="C172" s="13"/>
+      <c r="D172" s="13"/>
+      <c r="E172" s="13"/>
+      <c r="F172" s="13"/>
+      <c r="G172" s="13"/>
+      <c r="H172" s="13"/>
+      <c r="I172" s="13"/>
+      <c r="J172" s="29"/>
+      <c r="K172" s="29"/>
+      <c r="L172" s="29"/>
+      <c r="M172" s="29"/>
+      <c r="N172" s="29"/>
+      <c r="O172" s="13"/>
+      <c r="P172" s="13"/>
+      <c r="Q172" s="13"/>
+      <c r="R172" s="13"/>
+    </row>
+    <row r="173" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A173" s="13"/>
+      <c r="B173" s="30"/>
+      <c r="C173" s="13"/>
+      <c r="D173" s="13"/>
+      <c r="E173" s="13"/>
+      <c r="F173" s="13"/>
+      <c r="G173" s="13"/>
+      <c r="H173" s="13"/>
+      <c r="I173" s="13"/>
+      <c r="J173" s="29"/>
+      <c r="K173" s="29"/>
+      <c r="L173" s="29"/>
+      <c r="M173" s="29"/>
+      <c r="N173" s="29"/>
+      <c r="O173" s="13"/>
+      <c r="P173" s="13"/>
+      <c r="Q173" s="13"/>
+      <c r="R173" s="13"/>
+    </row>
+    <row r="174" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A174" s="13"/>
+      <c r="B174" s="30"/>
+      <c r="C174" s="13"/>
+      <c r="D174" s="13"/>
+      <c r="E174" s="13"/>
+      <c r="F174" s="13"/>
+      <c r="G174" s="13"/>
+      <c r="H174" s="13"/>
+      <c r="I174" s="13"/>
+      <c r="J174" s="29"/>
+      <c r="K174" s="29"/>
+      <c r="L174" s="29"/>
+      <c r="M174" s="29"/>
+      <c r="N174" s="29"/>
+      <c r="O174" s="13"/>
+      <c r="P174" s="13"/>
+      <c r="Q174" s="13"/>
+      <c r="R174" s="13"/>
+    </row>
+    <row r="175" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A175" s="13"/>
+      <c r="B175" s="30"/>
+      <c r="C175" s="13"/>
+      <c r="D175" s="13"/>
+      <c r="E175" s="13"/>
+      <c r="F175" s="13"/>
+      <c r="G175" s="13"/>
+      <c r="H175" s="13"/>
+      <c r="I175" s="13"/>
+      <c r="J175" s="29"/>
+      <c r="K175" s="29"/>
+      <c r="L175" s="29"/>
+      <c r="M175" s="29"/>
+      <c r="N175" s="29"/>
+      <c r="O175" s="13"/>
+      <c r="P175" s="13"/>
+      <c r="Q175" s="13"/>
+      <c r="R175" s="13"/>
+    </row>
+    <row r="176" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A176" s="13"/>
+      <c r="B176" s="30"/>
+      <c r="C176" s="13"/>
+      <c r="D176" s="13"/>
+      <c r="E176" s="13"/>
+      <c r="F176" s="13"/>
+      <c r="G176" s="13"/>
+      <c r="H176" s="13"/>
+      <c r="I176" s="13"/>
+      <c r="J176" s="29"/>
+      <c r="K176" s="29"/>
+      <c r="L176" s="29"/>
+      <c r="M176" s="29"/>
+      <c r="N176" s="29"/>
+      <c r="O176" s="13"/>
+      <c r="P176" s="13"/>
+      <c r="Q176" s="13"/>
+      <c r="R176" s="13"/>
+    </row>
+    <row r="177" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A177" s="13"/>
+      <c r="B177" s="30"/>
+      <c r="C177" s="13"/>
+      <c r="D177" s="13"/>
+      <c r="E177" s="13"/>
+      <c r="F177" s="13"/>
+      <c r="G177" s="13"/>
+      <c r="H177" s="13"/>
+      <c r="I177" s="13"/>
+      <c r="J177" s="29"/>
+      <c r="K177" s="29"/>
+      <c r="L177" s="29"/>
+      <c r="M177" s="29"/>
+      <c r="N177" s="29"/>
+      <c r="O177" s="13"/>
+      <c r="P177" s="13"/>
+      <c r="Q177" s="13"/>
+      <c r="R177" s="13"/>
+    </row>
+    <row r="178" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A178" s="13"/>
+      <c r="B178" s="30"/>
+      <c r="C178" s="13"/>
+      <c r="D178" s="13"/>
+      <c r="E178" s="13"/>
+      <c r="F178" s="13"/>
+      <c r="G178" s="13"/>
+      <c r="H178" s="13"/>
+      <c r="I178" s="13"/>
+      <c r="J178" s="29"/>
+      <c r="K178" s="29"/>
+      <c r="L178" s="29"/>
+      <c r="M178" s="29"/>
+      <c r="N178" s="29"/>
+      <c r="O178" s="13"/>
+      <c r="P178" s="13"/>
+      <c r="Q178" s="13"/>
+      <c r="R178" s="13"/>
+    </row>
+    <row r="179" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A179" s="13"/>
+      <c r="B179" s="30"/>
+      <c r="C179" s="13"/>
+      <c r="D179" s="13"/>
+      <c r="E179" s="13"/>
+      <c r="F179" s="13"/>
+      <c r="G179" s="13"/>
+      <c r="H179" s="13"/>
+      <c r="I179" s="13"/>
+      <c r="J179" s="29"/>
+      <c r="K179" s="29"/>
+      <c r="L179" s="29"/>
+      <c r="M179" s="29"/>
+      <c r="N179" s="29"/>
+      <c r="O179" s="13"/>
+      <c r="P179" s="13"/>
+      <c r="Q179" s="13"/>
+      <c r="R179" s="13"/>
+    </row>
+    <row r="180" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A180" s="13"/>
+      <c r="B180" s="30"/>
+      <c r="C180" s="13"/>
+      <c r="D180" s="13"/>
+      <c r="E180" s="13"/>
+      <c r="F180" s="13"/>
+      <c r="G180" s="13"/>
+      <c r="H180" s="13"/>
+      <c r="I180" s="13"/>
+      <c r="J180" s="29"/>
+      <c r="K180" s="29"/>
+      <c r="L180" s="29"/>
+      <c r="M180" s="29"/>
+      <c r="N180" s="29"/>
+      <c r="O180" s="13"/>
+      <c r="P180" s="13"/>
+      <c r="Q180" s="13"/>
+      <c r="R180" s="13"/>
+    </row>
+    <row r="181" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A181" s="13"/>
+      <c r="B181" s="30"/>
+      <c r="C181" s="13"/>
+      <c r="D181" s="13"/>
+      <c r="E181" s="13"/>
+      <c r="F181" s="13"/>
+      <c r="G181" s="13"/>
+      <c r="H181" s="13"/>
+      <c r="I181" s="13"/>
+      <c r="J181" s="29"/>
+      <c r="K181" s="29"/>
+      <c r="L181" s="29"/>
+      <c r="M181" s="29"/>
+      <c r="N181" s="29"/>
+      <c r="O181" s="13"/>
+      <c r="P181" s="13"/>
+      <c r="Q181" s="13"/>
+      <c r="R181" s="13"/>
+    </row>
+    <row r="182" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A182" s="13"/>
+      <c r="B182" s="30"/>
+      <c r="C182" s="13"/>
+      <c r="D182" s="13"/>
+      <c r="E182" s="13"/>
+      <c r="F182" s="13"/>
+      <c r="G182" s="13"/>
+      <c r="H182" s="13"/>
+      <c r="I182" s="13"/>
+      <c r="J182" s="29"/>
+      <c r="K182" s="29"/>
+      <c r="L182" s="29"/>
+      <c r="M182" s="29"/>
+      <c r="N182" s="29"/>
+      <c r="O182" s="13"/>
+      <c r="P182" s="13"/>
+      <c r="Q182" s="13"/>
+      <c r="R182" s="13"/>
+    </row>
+    <row r="183" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A183" s="13"/>
+      <c r="B183" s="30"/>
+      <c r="C183" s="13"/>
+      <c r="D183" s="13"/>
+      <c r="E183" s="13"/>
+      <c r="F183" s="13"/>
+      <c r="G183" s="13"/>
+      <c r="H183" s="13"/>
+      <c r="I183" s="13"/>
+      <c r="J183" s="29"/>
+      <c r="K183" s="29"/>
+      <c r="L183" s="29"/>
+      <c r="M183" s="29"/>
+      <c r="N183" s="29"/>
+      <c r="O183" s="13"/>
+      <c r="P183" s="13"/>
+      <c r="Q183" s="13"/>
+      <c r="R183" s="13"/>
+    </row>
+    <row r="184" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A184" s="13"/>
+      <c r="B184" s="30"/>
+      <c r="C184" s="13"/>
+      <c r="D184" s="13"/>
+      <c r="E184" s="13"/>
+      <c r="F184" s="13"/>
+      <c r="G184" s="13"/>
+      <c r="H184" s="13"/>
+      <c r="I184" s="13"/>
+      <c r="J184" s="29"/>
+      <c r="K184" s="29"/>
+      <c r="L184" s="29"/>
+      <c r="M184" s="29"/>
+      <c r="N184" s="29"/>
+      <c r="O184" s="13"/>
+      <c r="P184" s="13"/>
+      <c r="Q184" s="13"/>
+      <c r="R184" s="13"/>
+    </row>
+    <row r="185" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A185" s="13"/>
+      <c r="B185" s="30"/>
+      <c r="C185" s="13"/>
+      <c r="D185" s="13"/>
+      <c r="E185" s="13"/>
+      <c r="F185" s="13"/>
+      <c r="G185" s="13"/>
+      <c r="H185" s="13"/>
+      <c r="I185" s="13"/>
+      <c r="J185" s="29"/>
+      <c r="K185" s="29"/>
+      <c r="L185" s="29"/>
+      <c r="M185" s="29"/>
+      <c r="N185" s="29"/>
+      <c r="O185" s="13"/>
+      <c r="P185" s="13"/>
+      <c r="Q185" s="13"/>
+      <c r="R185" s="13"/>
+    </row>
+    <row r="186" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A186" s="13"/>
+      <c r="B186" s="30"/>
+      <c r="C186" s="13"/>
+      <c r="D186" s="13"/>
+      <c r="E186" s="13"/>
+      <c r="F186" s="13"/>
+      <c r="G186" s="13"/>
+      <c r="H186" s="13"/>
+      <c r="I186" s="13"/>
+      <c r="J186" s="29"/>
+      <c r="K186" s="29"/>
+      <c r="L186" s="29"/>
+      <c r="M186" s="29"/>
+      <c r="N186" s="29"/>
+      <c r="O186" s="13"/>
+      <c r="P186" s="13"/>
+      <c r="Q186" s="13"/>
+      <c r="R186" s="13"/>
+    </row>
+    <row r="187" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A187" s="13"/>
+      <c r="B187" s="30"/>
+      <c r="C187" s="13"/>
+      <c r="D187" s="13"/>
+      <c r="E187" s="13"/>
+      <c r="F187" s="13"/>
+      <c r="G187" s="13"/>
+      <c r="H187" s="13"/>
+      <c r="I187" s="13"/>
+      <c r="J187" s="29"/>
+      <c r="K187" s="29"/>
+      <c r="L187" s="29"/>
+      <c r="M187" s="29"/>
+      <c r="N187" s="29"/>
+      <c r="O187" s="13"/>
+      <c r="P187" s="13"/>
+      <c r="Q187" s="13"/>
+      <c r="R187" s="13"/>
+    </row>
+    <row r="188" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A188" s="13"/>
+      <c r="B188" s="30"/>
+      <c r="C188" s="13"/>
+      <c r="D188" s="13"/>
+      <c r="E188" s="13"/>
+      <c r="F188" s="13"/>
+      <c r="G188" s="13"/>
+      <c r="H188" s="13"/>
+      <c r="I188" s="13"/>
+      <c r="J188" s="29"/>
+      <c r="K188" s="29"/>
+      <c r="L188" s="29"/>
+      <c r="M188" s="29"/>
+      <c r="N188" s="29"/>
+      <c r="O188" s="13"/>
+      <c r="P188" s="13"/>
+      <c r="Q188" s="13"/>
+      <c r="R188" s="13"/>
+    </row>
+    <row r="189" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A189" s="13"/>
+      <c r="B189" s="30"/>
+      <c r="C189" s="13"/>
+      <c r="D189" s="13"/>
+      <c r="E189" s="13"/>
+      <c r="F189" s="13"/>
+      <c r="G189" s="13"/>
+      <c r="H189" s="13"/>
+      <c r="I189" s="13"/>
+      <c r="J189" s="29"/>
+      <c r="K189" s="29"/>
+      <c r="L189" s="29"/>
+      <c r="M189" s="29"/>
+      <c r="N189" s="29"/>
+      <c r="O189" s="13"/>
+      <c r="P189" s="13"/>
+      <c r="Q189" s="13"/>
+      <c r="R189" s="13"/>
+    </row>
+    <row r="190" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A190" s="13"/>
+      <c r="B190" s="30"/>
+      <c r="C190" s="13"/>
+      <c r="D190" s="13"/>
+      <c r="E190" s="13"/>
+      <c r="F190" s="13"/>
+      <c r="G190" s="13"/>
+      <c r="H190" s="13"/>
+      <c r="I190" s="13"/>
+      <c r="J190" s="29"/>
+      <c r="K190" s="29"/>
+      <c r="L190" s="29"/>
+      <c r="M190" s="29"/>
+      <c r="N190" s="29"/>
+      <c r="O190" s="13"/>
+      <c r="P190" s="13"/>
+      <c r="Q190" s="13"/>
+      <c r="R190" s="13"/>
+    </row>
+    <row r="191" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A191" s="13"/>
+      <c r="B191" s="30"/>
+      <c r="C191" s="13"/>
+      <c r="D191" s="13"/>
+      <c r="E191" s="13"/>
+      <c r="F191" s="13"/>
+      <c r="G191" s="13"/>
+      <c r="H191" s="13"/>
+      <c r="I191" s="13"/>
+      <c r="J191" s="29"/>
+      <c r="K191" s="29"/>
+      <c r="L191" s="29"/>
+      <c r="M191" s="29"/>
+      <c r="N191" s="29"/>
+      <c r="O191" s="13"/>
+      <c r="P191" s="13"/>
+      <c r="Q191" s="13"/>
+      <c r="R191" s="13"/>
+    </row>
+    <row r="192" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A192" s="13"/>
+      <c r="B192" s="30"/>
+      <c r="C192" s="13"/>
+      <c r="D192" s="13"/>
+      <c r="E192" s="13"/>
+      <c r="F192" s="13"/>
+      <c r="G192" s="13"/>
+      <c r="H192" s="13"/>
+      <c r="I192" s="13"/>
+      <c r="J192" s="29"/>
+      <c r="K192" s="29"/>
+      <c r="L192" s="29"/>
+      <c r="M192" s="29"/>
+      <c r="N192" s="29"/>
+      <c r="O192" s="13"/>
+      <c r="P192" s="13"/>
+      <c r="Q192" s="13"/>
+      <c r="R192" s="13"/>
+    </row>
+    <row r="193" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A193" s="13"/>
+      <c r="B193" s="30"/>
+      <c r="C193" s="13"/>
+      <c r="D193" s="13"/>
+      <c r="E193" s="13"/>
+      <c r="F193" s="13"/>
+      <c r="G193" s="13"/>
+      <c r="H193" s="13"/>
+      <c r="I193" s="13"/>
+      <c r="J193" s="29"/>
+      <c r="K193" s="29"/>
+      <c r="L193" s="29"/>
+      <c r="M193" s="29"/>
+      <c r="N193" s="29"/>
+      <c r="O193" s="13"/>
+      <c r="P193" s="13"/>
+      <c r="Q193" s="13"/>
+      <c r="R193" s="13"/>
+    </row>
+    <row r="194" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A194" s="13"/>
+      <c r="B194" s="30"/>
+      <c r="C194" s="13"/>
+      <c r="D194" s="13"/>
+      <c r="E194" s="13"/>
+      <c r="F194" s="13"/>
+      <c r="G194" s="13"/>
+      <c r="H194" s="13"/>
+      <c r="I194" s="13"/>
+      <c r="J194" s="29"/>
+      <c r="K194" s="29"/>
+      <c r="L194" s="29"/>
+      <c r="M194" s="29"/>
+      <c r="N194" s="29"/>
+      <c r="O194" s="13"/>
+      <c r="P194" s="13"/>
+      <c r="Q194" s="13"/>
+      <c r="R194" s="13"/>
+    </row>
+    <row r="195" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A195" s="13"/>
+      <c r="B195" s="30"/>
+      <c r="C195" s="13"/>
+      <c r="D195" s="13"/>
+      <c r="E195" s="13"/>
+      <c r="F195" s="13"/>
+      <c r="G195" s="13"/>
+      <c r="H195" s="13"/>
+      <c r="I195" s="13"/>
+      <c r="J195" s="29"/>
+      <c r="K195" s="29"/>
+      <c r="L195" s="29"/>
+      <c r="M195" s="29"/>
+      <c r="N195" s="29"/>
+      <c r="O195" s="13"/>
+      <c r="P195" s="13"/>
+      <c r="Q195" s="13"/>
+      <c r="R195" s="13"/>
+    </row>
+    <row r="196" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A196" s="13"/>
+      <c r="B196" s="30"/>
+      <c r="C196" s="13"/>
+      <c r="D196" s="13"/>
+      <c r="E196" s="13"/>
+      <c r="F196" s="13"/>
+      <c r="G196" s="13"/>
+      <c r="H196" s="13"/>
+      <c r="I196" s="13"/>
+      <c r="J196" s="29"/>
+      <c r="K196" s="29"/>
+      <c r="L196" s="29"/>
+      <c r="M196" s="29"/>
+      <c r="N196" s="29"/>
+      <c r="O196" s="13"/>
+      <c r="P196" s="13"/>
+      <c r="Q196" s="13"/>
+      <c r="R196" s="13"/>
+    </row>
+    <row r="197" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A197" s="13"/>
+      <c r="B197" s="30"/>
+      <c r="C197" s="13"/>
+      <c r="D197" s="13"/>
+      <c r="E197" s="13"/>
+      <c r="F197" s="13"/>
+      <c r="G197" s="13"/>
+      <c r="H197" s="13"/>
+      <c r="I197" s="13"/>
+      <c r="J197" s="29"/>
+      <c r="K197" s="29"/>
+      <c r="L197" s="29"/>
+      <c r="M197" s="29"/>
+      <c r="N197" s="29"/>
+      <c r="O197" s="13"/>
+      <c r="P197" s="13"/>
+      <c r="Q197" s="13"/>
+      <c r="R197" s="13"/>
+    </row>
+    <row r="198" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A198" s="13"/>
+      <c r="B198" s="30"/>
+      <c r="C198" s="13"/>
+      <c r="D198" s="13"/>
+      <c r="E198" s="13"/>
+      <c r="F198" s="13"/>
+      <c r="G198" s="13"/>
+      <c r="H198" s="13"/>
+      <c r="I198" s="13"/>
+      <c r="J198" s="29"/>
+      <c r="K198" s="29"/>
+      <c r="L198" s="29"/>
+      <c r="M198" s="29"/>
+      <c r="N198" s="29"/>
+      <c r="O198" s="13"/>
+      <c r="P198" s="13"/>
+      <c r="Q198" s="13"/>
+      <c r="R198" s="13"/>
+    </row>
+    <row r="199" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A199" s="13"/>
+      <c r="B199" s="30"/>
+      <c r="C199" s="13"/>
+      <c r="D199" s="13"/>
+      <c r="E199" s="13"/>
+      <c r="F199" s="13"/>
+      <c r="G199" s="13"/>
+      <c r="H199" s="13"/>
+      <c r="I199" s="13"/>
+      <c r="J199" s="29"/>
+      <c r="K199" s="29"/>
+      <c r="L199" s="29"/>
+      <c r="M199" s="29"/>
+      <c r="N199" s="29"/>
+      <c r="O199" s="13"/>
+      <c r="P199" s="13"/>
+      <c r="Q199" s="13"/>
+      <c r="R199" s="13"/>
+    </row>
+    <row r="200" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A200" s="13"/>
+      <c r="B200" s="30"/>
+      <c r="C200" s="13"/>
+      <c r="D200" s="13"/>
+      <c r="E200" s="13"/>
+      <c r="F200" s="13"/>
+      <c r="G200" s="13"/>
+      <c r="H200" s="13"/>
+      <c r="I200" s="13"/>
+      <c r="J200" s="29"/>
+      <c r="K200" s="29"/>
+      <c r="L200" s="29"/>
+      <c r="M200" s="29"/>
+      <c r="N200" s="29"/>
+      <c r="O200" s="13"/>
+      <c r="P200" s="13"/>
+      <c r="Q200" s="13"/>
+      <c r="R200" s="13"/>
+    </row>
+    <row r="201" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A201" s="13"/>
+      <c r="B201" s="30"/>
+      <c r="C201" s="13"/>
+      <c r="D201" s="13"/>
+      <c r="E201" s="13"/>
+      <c r="F201" s="13"/>
+      <c r="G201" s="13"/>
+      <c r="H201" s="13"/>
+      <c r="I201" s="13"/>
+      <c r="J201" s="29"/>
+      <c r="K201" s="29"/>
+      <c r="L201" s="29"/>
+      <c r="M201" s="29"/>
+      <c r="N201" s="29"/>
+      <c r="O201" s="13"/>
+      <c r="P201" s="13"/>
+      <c r="Q201" s="13"/>
+      <c r="R201" s="13"/>
+    </row>
+    <row r="202" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A202" s="13"/>
+      <c r="B202" s="30"/>
+      <c r="C202" s="13"/>
+      <c r="D202" s="13"/>
+      <c r="E202" s="13"/>
+      <c r="F202" s="13"/>
+      <c r="G202" s="13"/>
+      <c r="H202" s="13"/>
+      <c r="I202" s="13"/>
+      <c r="J202" s="29"/>
+      <c r="K202" s="29"/>
+      <c r="L202" s="29"/>
+      <c r="M202" s="29"/>
+      <c r="N202" s="29"/>
+      <c r="O202" s="13"/>
+      <c r="P202" s="13"/>
+      <c r="Q202" s="13"/>
+      <c r="R202" s="13"/>
+    </row>
+    <row r="203" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A203" s="13"/>
+      <c r="B203" s="30"/>
+      <c r="C203" s="13"/>
+      <c r="D203" s="13"/>
+      <c r="E203" s="13"/>
+      <c r="F203" s="13"/>
+      <c r="G203" s="13"/>
+      <c r="H203" s="13"/>
+      <c r="I203" s="13"/>
+      <c r="J203" s="29"/>
+      <c r="K203" s="29"/>
+      <c r="L203" s="29"/>
+      <c r="M203" s="29"/>
+      <c r="N203" s="29"/>
+      <c r="O203" s="13"/>
+      <c r="P203" s="13"/>
+      <c r="Q203" s="13"/>
+      <c r="R203" s="13"/>
+    </row>
+    <row r="204" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A204" s="13"/>
+      <c r="B204" s="30"/>
+      <c r="C204" s="13"/>
+      <c r="D204" s="13"/>
+      <c r="E204" s="13"/>
+      <c r="F204" s="13"/>
+      <c r="G204" s="13"/>
+      <c r="H204" s="13"/>
+      <c r="I204" s="13"/>
+      <c r="J204" s="29"/>
+      <c r="K204" s="29"/>
+      <c r="L204" s="29"/>
+      <c r="M204" s="29"/>
+      <c r="N204" s="29"/>
+      <c r="O204" s="13"/>
+      <c r="P204" s="13"/>
+      <c r="Q204" s="13"/>
+      <c r="R204" s="13"/>
+    </row>
+    <row r="205" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A205" s="13"/>
+      <c r="B205" s="30"/>
+      <c r="C205" s="13"/>
+      <c r="D205" s="13"/>
+      <c r="E205" s="13"/>
+      <c r="F205" s="13"/>
+      <c r="G205" s="13"/>
+      <c r="H205" s="13"/>
+      <c r="I205" s="13"/>
+      <c r="J205" s="29"/>
+      <c r="K205" s="29"/>
+      <c r="L205" s="29"/>
+      <c r="M205" s="29"/>
+      <c r="N205" s="29"/>
+      <c r="O205" s="13"/>
+      <c r="P205" s="13"/>
+      <c r="Q205" s="13"/>
+      <c r="R205" s="13"/>
+    </row>
+    <row r="206" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A206" s="13"/>
+      <c r="B206" s="30"/>
+      <c r="C206" s="13"/>
+      <c r="D206" s="13"/>
+      <c r="E206" s="13"/>
+      <c r="F206" s="13"/>
+      <c r="G206" s="13"/>
+      <c r="H206" s="13"/>
+      <c r="I206" s="13"/>
+      <c r="J206" s="29"/>
+      <c r="K206" s="29"/>
+      <c r="L206" s="29"/>
+      <c r="M206" s="29"/>
+      <c r="N206" s="29"/>
+      <c r="O206" s="13"/>
+      <c r="P206" s="13"/>
+      <c r="Q206" s="13"/>
+      <c r="R206" s="13"/>
+    </row>
+    <row r="207" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A207" s="13"/>
+      <c r="B207" s="30"/>
+      <c r="C207" s="13"/>
+      <c r="D207" s="13"/>
+      <c r="E207" s="13"/>
+      <c r="F207" s="13"/>
+      <c r="G207" s="13"/>
+      <c r="H207" s="13"/>
+      <c r="I207" s="13"/>
+      <c r="J207" s="29"/>
+      <c r="K207" s="29"/>
+      <c r="L207" s="29"/>
+      <c r="M207" s="29"/>
+      <c r="N207" s="29"/>
+      <c r="O207" s="13"/>
+      <c r="P207" s="13"/>
+      <c r="Q207" s="13"/>
+      <c r="R207" s="13"/>
+    </row>
+    <row r="208" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A208" s="13"/>
+      <c r="B208" s="30"/>
+      <c r="C208" s="13"/>
+      <c r="D208" s="13"/>
+      <c r="E208" s="13"/>
+      <c r="F208" s="13"/>
+      <c r="G208" s="13"/>
+      <c r="H208" s="13"/>
+      <c r="I208" s="13"/>
+      <c r="J208" s="29"/>
+      <c r="K208" s="29"/>
+      <c r="L208" s="29"/>
+      <c r="M208" s="29"/>
+      <c r="N208" s="29"/>
+      <c r="O208" s="13"/>
+      <c r="P208" s="13"/>
+      <c r="Q208" s="13"/>
+      <c r="R208" s="13"/>
+    </row>
+    <row r="209" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A209" s="13"/>
+      <c r="B209" s="30"/>
+      <c r="C209" s="13"/>
+      <c r="D209" s="13"/>
+      <c r="E209" s="13"/>
+      <c r="F209" s="13"/>
+      <c r="G209" s="13"/>
+      <c r="H209" s="13"/>
+      <c r="I209" s="13"/>
+      <c r="J209" s="29"/>
+      <c r="K209" s="29"/>
+      <c r="L209" s="29"/>
+      <c r="M209" s="29"/>
+      <c r="N209" s="29"/>
+      <c r="O209" s="13"/>
+      <c r="P209" s="13"/>
+      <c r="Q209" s="13"/>
+      <c r="R209" s="13"/>
+    </row>
+    <row r="210" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A210" s="13"/>
+      <c r="B210" s="30"/>
+      <c r="C210" s="13"/>
+      <c r="D210" s="13"/>
+      <c r="E210" s="13"/>
+      <c r="F210" s="13"/>
+      <c r="G210" s="13"/>
+      <c r="H210" s="13"/>
+      <c r="I210" s="13"/>
+      <c r="J210" s="29"/>
+      <c r="K210" s="29"/>
+      <c r="L210" s="29"/>
+      <c r="M210" s="29"/>
+      <c r="N210" s="29"/>
+      <c r="O210" s="13"/>
+      <c r="P210" s="13"/>
+      <c r="Q210" s="13"/>
+      <c r="R210" s="13"/>
+    </row>
+    <row r="211" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A211" s="13"/>
+      <c r="B211" s="30"/>
+      <c r="C211" s="13"/>
+      <c r="D211" s="13"/>
+      <c r="E211" s="13"/>
+      <c r="F211" s="13"/>
+      <c r="G211" s="13"/>
+      <c r="H211" s="13"/>
+      <c r="I211" s="13"/>
+      <c r="J211" s="29"/>
+      <c r="K211" s="29"/>
+      <c r="L211" s="29"/>
+      <c r="M211" s="29"/>
+      <c r="N211" s="29"/>
+      <c r="O211" s="13"/>
+      <c r="P211" s="13"/>
+      <c r="Q211" s="13"/>
+      <c r="R211" s="13"/>
+    </row>
+    <row r="212" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A212" s="13"/>
+      <c r="B212" s="30"/>
+      <c r="C212" s="13"/>
+      <c r="D212" s="13"/>
+      <c r="E212" s="13"/>
+      <c r="F212" s="13"/>
+      <c r="G212" s="13"/>
+      <c r="H212" s="13"/>
+      <c r="I212" s="13"/>
+      <c r="J212" s="29"/>
+      <c r="K212" s="29"/>
+      <c r="L212" s="29"/>
+      <c r="M212" s="29"/>
+      <c r="N212" s="29"/>
+      <c r="O212" s="13"/>
+      <c r="P212" s="13"/>
+      <c r="Q212" s="13"/>
+      <c r="R212" s="13"/>
+    </row>
+    <row r="213" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A213" s="13"/>
+      <c r="B213" s="30"/>
+      <c r="C213" s="13"/>
+      <c r="D213" s="13"/>
+      <c r="E213" s="13"/>
+      <c r="F213" s="13"/>
+      <c r="G213" s="13"/>
+      <c r="H213" s="13"/>
+      <c r="I213" s="13"/>
+      <c r="J213" s="29"/>
+      <c r="K213" s="29"/>
+      <c r="L213" s="29"/>
+      <c r="M213" s="29"/>
+      <c r="N213" s="29"/>
+      <c r="O213" s="13"/>
+      <c r="P213" s="13"/>
+      <c r="Q213" s="13"/>
+      <c r="R213" s="13"/>
+    </row>
+    <row r="214" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A214" s="13"/>
+      <c r="B214" s="30"/>
+      <c r="C214" s="13"/>
+      <c r="D214" s="13"/>
+      <c r="E214" s="13"/>
+      <c r="F214" s="13"/>
+      <c r="G214" s="13"/>
+      <c r="H214" s="13"/>
+      <c r="I214" s="13"/>
+      <c r="J214" s="29"/>
+      <c r="K214" s="29"/>
+      <c r="L214" s="29"/>
+      <c r="M214" s="29"/>
+      <c r="N214" s="29"/>
+      <c r="O214" s="13"/>
+      <c r="P214" s="13"/>
+      <c r="Q214" s="13"/>
+      <c r="R214" s="13"/>
+    </row>
+    <row r="215" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A215" s="13"/>
+      <c r="B215" s="30"/>
+      <c r="C215" s="13"/>
+      <c r="D215" s="13"/>
+      <c r="E215" s="13"/>
+      <c r="F215" s="13"/>
+      <c r="G215" s="13"/>
+      <c r="H215" s="13"/>
+      <c r="I215" s="13"/>
+      <c r="J215" s="29"/>
+      <c r="K215" s="29"/>
+      <c r="L215" s="29"/>
+      <c r="M215" s="29"/>
+      <c r="N215" s="29"/>
+      <c r="O215" s="13"/>
+      <c r="P215" s="13"/>
+      <c r="Q215" s="13"/>
+      <c r="R215" s="13"/>
+    </row>
+    <row r="216" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A216" s="13"/>
+      <c r="B216" s="30"/>
+      <c r="C216" s="13"/>
+      <c r="D216" s="13"/>
+      <c r="E216" s="13"/>
+      <c r="F216" s="13"/>
+      <c r="G216" s="13"/>
+      <c r="H216" s="13"/>
+      <c r="I216" s="13"/>
+      <c r="J216" s="29"/>
+      <c r="K216" s="29"/>
+      <c r="L216" s="29"/>
+      <c r="M216" s="29"/>
+      <c r="N216" s="29"/>
+      <c r="O216" s="13"/>
+      <c r="P216" s="13"/>
+      <c r="Q216" s="13"/>
+      <c r="R216" s="13"/>
+    </row>
+    <row r="217" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A217" s="13"/>
+      <c r="B217" s="30"/>
+      <c r="C217" s="13"/>
+      <c r="D217" s="13"/>
+      <c r="E217" s="13"/>
+      <c r="F217" s="13"/>
+      <c r="G217" s="13"/>
+      <c r="H217" s="13"/>
+      <c r="I217" s="13"/>
+      <c r="J217" s="29"/>
+      <c r="K217" s="29"/>
+      <c r="L217" s="29"/>
+      <c r="M217" s="29"/>
+      <c r="N217" s="29"/>
+      <c r="O217" s="13"/>
+      <c r="P217" s="13"/>
+      <c r="Q217" s="13"/>
+      <c r="R217" s="13"/>
+    </row>
+    <row r="218" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A218" s="13"/>
+      <c r="B218" s="30"/>
+      <c r="C218" s="13"/>
+      <c r="D218" s="13"/>
+      <c r="E218" s="13"/>
+      <c r="F218" s="13"/>
+      <c r="G218" s="13"/>
+      <c r="H218" s="13"/>
+      <c r="I218" s="13"/>
+      <c r="J218" s="29"/>
+      <c r="K218" s="29"/>
+      <c r="L218" s="29"/>
+      <c r="M218" s="29"/>
+      <c r="N218" s="29"/>
+      <c r="O218" s="13"/>
+      <c r="P218" s="13"/>
+      <c r="Q218" s="13"/>
+      <c r="R218" s="13"/>
+    </row>
+    <row r="219" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A219" s="13"/>
+      <c r="B219" s="30"/>
+      <c r="C219" s="13"/>
+      <c r="D219" s="13"/>
+      <c r="E219" s="13"/>
+      <c r="F219" s="13"/>
+      <c r="G219" s="13"/>
+      <c r="H219" s="13"/>
+      <c r="I219" s="13"/>
+      <c r="J219" s="29"/>
+      <c r="K219" s="29"/>
+      <c r="L219" s="29"/>
+      <c r="M219" s="29"/>
+      <c r="N219" s="29"/>
+      <c r="O219" s="13"/>
+      <c r="P219" s="13"/>
+      <c r="Q219" s="13"/>
+      <c r="R219" s="13"/>
+    </row>
+    <row r="220" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A220" s="13"/>
+      <c r="B220" s="30"/>
+      <c r="C220" s="13"/>
+      <c r="D220" s="13"/>
+      <c r="E220" s="13"/>
+      <c r="F220" s="13"/>
+      <c r="G220" s="13"/>
+      <c r="H220" s="13"/>
+      <c r="I220" s="13"/>
+      <c r="J220" s="29"/>
+      <c r="K220" s="29"/>
+      <c r="L220" s="29"/>
+      <c r="M220" s="29"/>
+      <c r="N220" s="29"/>
+      <c r="O220" s="13"/>
+      <c r="P220" s="13"/>
+      <c r="Q220" s="13"/>
+      <c r="R220" s="13"/>
+    </row>
+    <row r="221" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A221" s="13"/>
+      <c r="B221" s="30"/>
+      <c r="C221" s="13"/>
+      <c r="D221" s="13"/>
+      <c r="E221" s="13"/>
+      <c r="F221" s="13"/>
+      <c r="G221" s="13"/>
+      <c r="H221" s="13"/>
+      <c r="I221" s="13"/>
+      <c r="J221" s="29"/>
+      <c r="K221" s="29"/>
+      <c r="L221" s="29"/>
+      <c r="M221" s="29"/>
+      <c r="N221" s="29"/>
+      <c r="O221" s="13"/>
+      <c r="P221" s="13"/>
+      <c r="Q221" s="13"/>
+      <c r="R221" s="13"/>
+    </row>
+    <row r="222" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A222" s="13"/>
+      <c r="B222" s="30"/>
+      <c r="C222" s="13"/>
+      <c r="D222" s="13"/>
+      <c r="E222" s="13"/>
+      <c r="F222" s="13"/>
+      <c r="G222" s="13"/>
+      <c r="H222" s="13"/>
+      <c r="I222" s="13"/>
+      <c r="J222" s="29"/>
+      <c r="K222" s="29"/>
+      <c r="L222" s="29"/>
+      <c r="M222" s="29"/>
+      <c r="N222" s="29"/>
+      <c r="O222" s="13"/>
+      <c r="P222" s="13"/>
+      <c r="Q222" s="13"/>
+      <c r="R222" s="13"/>
+    </row>
+    <row r="223" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A223" s="13"/>
+      <c r="B223" s="30"/>
+      <c r="C223" s="13"/>
+      <c r="D223" s="13"/>
+      <c r="E223" s="13"/>
+      <c r="F223" s="13"/>
+      <c r="G223" s="13"/>
+      <c r="H223" s="13"/>
+      <c r="I223" s="13"/>
+      <c r="J223" s="29"/>
+      <c r="K223" s="29"/>
+      <c r="L223" s="29"/>
+      <c r="M223" s="29"/>
+      <c r="N223" s="29"/>
+      <c r="O223" s="13"/>
+      <c r="P223" s="13"/>
+      <c r="Q223" s="13"/>
+      <c r="R223" s="13"/>
+    </row>
+    <row r="224" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A224" s="13"/>
+      <c r="B224" s="30"/>
+      <c r="C224" s="13"/>
+      <c r="D224" s="13"/>
+      <c r="E224" s="13"/>
+      <c r="F224" s="13"/>
+      <c r="G224" s="13"/>
+      <c r="H224" s="13"/>
+      <c r="I224" s="13"/>
+      <c r="J224" s="29"/>
+      <c r="K224" s="29"/>
+      <c r="L224" s="29"/>
+      <c r="M224" s="29"/>
+      <c r="N224" s="29"/>
+      <c r="O224" s="13"/>
+      <c r="P224" s="13"/>
+      <c r="Q224" s="13"/>
+      <c r="R224" s="13"/>
+    </row>
+    <row r="225" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A225" s="13"/>
+      <c r="B225" s="30"/>
+      <c r="C225" s="13"/>
+      <c r="D225" s="13"/>
+      <c r="E225" s="13"/>
+      <c r="F225" s="13"/>
+      <c r="G225" s="13"/>
+      <c r="H225" s="13"/>
+      <c r="I225" s="13"/>
+      <c r="J225" s="29"/>
+      <c r="K225" s="29"/>
+      <c r="L225" s="29"/>
+      <c r="M225" s="29"/>
+      <c r="N225" s="29"/>
+      <c r="O225" s="13"/>
+      <c r="P225" s="13"/>
+      <c r="Q225" s="13"/>
+      <c r="R225" s="13"/>
+    </row>
+    <row r="226" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A226" s="13"/>
+      <c r="B226" s="30"/>
+      <c r="C226" s="13"/>
+      <c r="D226" s="13"/>
+      <c r="E226" s="13"/>
+      <c r="F226" s="13"/>
+      <c r="G226" s="13"/>
+      <c r="H226" s="13"/>
+      <c r="I226" s="13"/>
+      <c r="J226" s="29"/>
+      <c r="K226" s="29"/>
+      <c r="L226" s="29"/>
+      <c r="M226" s="29"/>
+      <c r="N226" s="29"/>
+      <c r="O226" s="13"/>
+      <c r="P226" s="13"/>
+      <c r="Q226" s="13"/>
+      <c r="R226" s="13"/>
+    </row>
+    <row r="227" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A227" s="13"/>
+      <c r="B227" s="30"/>
+      <c r="C227" s="13"/>
+      <c r="D227" s="13"/>
+      <c r="E227" s="13"/>
+      <c r="F227" s="13"/>
+      <c r="G227" s="13"/>
+      <c r="H227" s="13"/>
+      <c r="I227" s="13"/>
+      <c r="J227" s="29"/>
+      <c r="K227" s="29"/>
+      <c r="L227" s="29"/>
+      <c r="M227" s="29"/>
+      <c r="N227" s="29"/>
+      <c r="O227" s="13"/>
+      <c r="P227" s="13"/>
+      <c r="Q227" s="13"/>
+      <c r="R227" s="13"/>
+    </row>
+    <row r="228" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A228" s="13"/>
+      <c r="B228" s="30"/>
+      <c r="C228" s="13"/>
+      <c r="D228" s="13"/>
+      <c r="E228" s="13"/>
+      <c r="F228" s="13"/>
+      <c r="G228" s="13"/>
+      <c r="H228" s="13"/>
+      <c r="I228" s="13"/>
+      <c r="J228" s="29"/>
+      <c r="K228" s="29"/>
+      <c r="L228" s="29"/>
+      <c r="M228" s="29"/>
+      <c r="N228" s="29"/>
+      <c r="O228" s="13"/>
+      <c r="P228" s="13"/>
+      <c r="Q228" s="13"/>
+      <c r="R228" s="13"/>
+    </row>
+    <row r="229" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A229" s="13"/>
+      <c r="B229" s="30"/>
+      <c r="C229" s="13"/>
+      <c r="D229" s="13"/>
+      <c r="E229" s="13"/>
+      <c r="F229" s="13"/>
+      <c r="G229" s="13"/>
+      <c r="H229" s="13"/>
+      <c r="I229" s="13"/>
+      <c r="J229" s="29"/>
+      <c r="K229" s="29"/>
+      <c r="L229" s="29"/>
+      <c r="M229" s="29"/>
+      <c r="N229" s="29"/>
+      <c r="O229" s="13"/>
+      <c r="P229" s="13"/>
+      <c r="Q229" s="13"/>
+      <c r="R229" s="13"/>
+    </row>
+    <row r="230" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A230" s="13"/>
+      <c r="B230" s="30"/>
+      <c r="C230" s="13"/>
+      <c r="D230" s="13"/>
+      <c r="E230" s="13"/>
+      <c r="F230" s="13"/>
+      <c r="G230" s="13"/>
+      <c r="H230" s="13"/>
+      <c r="I230" s="13"/>
+      <c r="J230" s="29"/>
+      <c r="K230" s="29"/>
+      <c r="L230" s="29"/>
+      <c r="M230" s="29"/>
+      <c r="N230" s="29"/>
+      <c r="O230" s="13"/>
+      <c r="P230" s="13"/>
+      <c r="Q230" s="13"/>
+      <c r="R230" s="13"/>
+    </row>
+    <row r="231" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A231" s="13"/>
+      <c r="B231" s="30"/>
+      <c r="C231" s="13"/>
+      <c r="D231" s="13"/>
+      <c r="E231" s="13"/>
+      <c r="F231" s="13"/>
+      <c r="G231" s="13"/>
+      <c r="H231" s="13"/>
+      <c r="I231" s="13"/>
+      <c r="J231" s="29"/>
+      <c r="K231" s="29"/>
+      <c r="L231" s="29"/>
+      <c r="M231" s="29"/>
+      <c r="N231" s="29"/>
+      <c r="O231" s="13"/>
+      <c r="P231" s="13"/>
+      <c r="Q231" s="13"/>
+      <c r="R231" s="13"/>
+    </row>
+    <row r="232" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A232" s="13"/>
+      <c r="B232" s="30"/>
+      <c r="C232" s="13"/>
+      <c r="D232" s="13"/>
+      <c r="E232" s="13"/>
+      <c r="F232" s="13"/>
+      <c r="G232" s="13"/>
+      <c r="H232" s="13"/>
+      <c r="I232" s="13"/>
+      <c r="J232" s="29"/>
+      <c r="K232" s="29"/>
+      <c r="L232" s="29"/>
+      <c r="M232" s="29"/>
+      <c r="N232" s="29"/>
+      <c r="O232" s="13"/>
+      <c r="P232" s="13"/>
+      <c r="Q232" s="13"/>
+      <c r="R232" s="13"/>
+    </row>
+    <row r="233" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A233" s="13"/>
+      <c r="B233" s="30"/>
+      <c r="C233" s="13"/>
+      <c r="D233" s="13"/>
+      <c r="E233" s="13"/>
+      <c r="F233" s="13"/>
+      <c r="G233" s="13"/>
+      <c r="H233" s="13"/>
+      <c r="I233" s="13"/>
+      <c r="J233" s="29"/>
+      <c r="K233" s="29"/>
+      <c r="L233" s="29"/>
+      <c r="M233" s="29"/>
+      <c r="N233" s="29"/>
+      <c r="O233" s="13"/>
+      <c r="P233" s="13"/>
+      <c r="Q233" s="13"/>
+      <c r="R233" s="13"/>
+    </row>
+    <row r="234" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A234" s="13"/>
+      <c r="B234" s="30"/>
+      <c r="C234" s="13"/>
+      <c r="D234" s="13"/>
+      <c r="E234" s="13"/>
+      <c r="F234" s="13"/>
+      <c r="G234" s="13"/>
+      <c r="H234" s="13"/>
+      <c r="I234" s="13"/>
+      <c r="J234" s="29"/>
+      <c r="K234" s="29"/>
+      <c r="L234" s="29"/>
+      <c r="M234" s="29"/>
+      <c r="N234" s="29"/>
+      <c r="O234" s="13"/>
+      <c r="P234" s="13"/>
+      <c r="Q234" s="13"/>
+      <c r="R234" s="13"/>
+    </row>
+    <row r="235" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A235" s="13"/>
+      <c r="B235" s="30"/>
+      <c r="C235" s="13"/>
+      <c r="D235" s="13"/>
+      <c r="E235" s="13"/>
+      <c r="F235" s="13"/>
+      <c r="G235" s="13"/>
+      <c r="H235" s="13"/>
+      <c r="I235" s="13"/>
+      <c r="J235" s="29"/>
+      <c r="K235" s="29"/>
+      <c r="L235" s="29"/>
+      <c r="M235" s="29"/>
+      <c r="N235" s="29"/>
+      <c r="O235" s="13"/>
+      <c r="P235" s="13"/>
+      <c r="Q235" s="13"/>
+      <c r="R235" s="13"/>
+    </row>
+    <row r="236" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A236" s="13"/>
+      <c r="B236" s="30"/>
+      <c r="C236" s="13"/>
+      <c r="D236" s="13"/>
+      <c r="E236" s="13"/>
+      <c r="F236" s="13"/>
+      <c r="G236" s="13"/>
+      <c r="H236" s="13"/>
+      <c r="I236" s="13"/>
+      <c r="J236" s="29"/>
+      <c r="K236" s="29"/>
+      <c r="L236" s="29"/>
+      <c r="M236" s="29"/>
+      <c r="N236" s="29"/>
+      <c r="O236" s="13"/>
+      <c r="P236" s="13"/>
+      <c r="Q236" s="13"/>
+      <c r="R236" s="13"/>
+    </row>
+    <row r="237" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A237" s="13"/>
+      <c r="B237" s="30"/>
+      <c r="C237" s="13"/>
+      <c r="D237" s="13"/>
+      <c r="E237" s="13"/>
+      <c r="F237" s="13"/>
+      <c r="G237" s="13"/>
+      <c r="H237" s="13"/>
+      <c r="I237" s="13"/>
+      <c r="J237" s="29"/>
+      <c r="K237" s="29"/>
+      <c r="L237" s="29"/>
+      <c r="M237" s="29"/>
+      <c r="N237" s="29"/>
+      <c r="O237" s="13"/>
+      <c r="P237" s="13"/>
+      <c r="Q237" s="13"/>
+      <c r="R237" s="13"/>
+    </row>
+    <row r="238" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A238" s="13"/>
+      <c r="B238" s="30"/>
+      <c r="C238" s="13"/>
+      <c r="D238" s="13"/>
+      <c r="E238" s="13"/>
+      <c r="F238" s="13"/>
+      <c r="G238" s="13"/>
+      <c r="H238" s="13"/>
+      <c r="I238" s="13"/>
+      <c r="J238" s="29"/>
+      <c r="K238" s="29"/>
+      <c r="L238" s="29"/>
+      <c r="M238" s="29"/>
+      <c r="N238" s="29"/>
+      <c r="O238" s="13"/>
+      <c r="P238" s="13"/>
+      <c r="Q238" s="13"/>
+      <c r="R238" s="13"/>
+    </row>
+    <row r="239" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A239" s="13"/>
+      <c r="B239" s="30"/>
+      <c r="C239" s="13"/>
+      <c r="D239" s="13"/>
+      <c r="E239" s="13"/>
+      <c r="F239" s="13"/>
+      <c r="G239" s="13"/>
+      <c r="H239" s="13"/>
+      <c r="I239" s="13"/>
+      <c r="J239" s="29"/>
+      <c r="K239" s="29"/>
+      <c r="L239" s="29"/>
+      <c r="M239" s="29"/>
+      <c r="N239" s="29"/>
+      <c r="O239" s="13"/>
+      <c r="P239" s="13"/>
+      <c r="Q239" s="13"/>
+      <c r="R239" s="13"/>
+    </row>
+    <row r="240" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A240" s="13"/>
+      <c r="B240" s="30"/>
+      <c r="C240" s="13"/>
+      <c r="D240" s="13"/>
+      <c r="E240" s="13"/>
+      <c r="F240" s="13"/>
+      <c r="G240" s="13"/>
+      <c r="H240" s="13"/>
+      <c r="I240" s="13"/>
+      <c r="J240" s="29"/>
+      <c r="K240" s="29"/>
+      <c r="L240" s="29"/>
+      <c r="M240" s="29"/>
+      <c r="N240" s="29"/>
+      <c r="O240" s="13"/>
+      <c r="P240" s="13"/>
+      <c r="Q240" s="13"/>
+      <c r="R240" s="13"/>
+    </row>
+    <row r="241" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A241" s="13"/>
+      <c r="B241" s="30"/>
+      <c r="C241" s="13"/>
+      <c r="D241" s="13"/>
+      <c r="E241" s="13"/>
+      <c r="F241" s="13"/>
+      <c r="G241" s="13"/>
+      <c r="H241" s="13"/>
+      <c r="I241" s="13"/>
+      <c r="J241" s="29"/>
+      <c r="K241" s="29"/>
+      <c r="L241" s="29"/>
+      <c r="M241" s="29"/>
+      <c r="N241" s="29"/>
+      <c r="O241" s="13"/>
+      <c r="P241" s="13"/>
+      <c r="Q241" s="13"/>
+      <c r="R241" s="13"/>
+    </row>
+    <row r="242" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A242" s="13"/>
+      <c r="B242" s="30"/>
+      <c r="C242" s="13"/>
+      <c r="D242" s="13"/>
+      <c r="E242" s="13"/>
+      <c r="F242" s="13"/>
+      <c r="G242" s="13"/>
+      <c r="H242" s="13"/>
+      <c r="I242" s="13"/>
+      <c r="J242" s="29"/>
+      <c r="K242" s="29"/>
+      <c r="L242" s="29"/>
+      <c r="M242" s="29"/>
+      <c r="N242" s="29"/>
+      <c r="O242" s="13"/>
+      <c r="P242" s="13"/>
+      <c r="Q242" s="13"/>
+      <c r="R242" s="13"/>
+    </row>
+    <row r="243" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A243" s="13"/>
+      <c r="B243" s="30"/>
+      <c r="C243" s="13"/>
+      <c r="D243" s="13"/>
+      <c r="E243" s="13"/>
+      <c r="F243" s="13"/>
+      <c r="G243" s="13"/>
+      <c r="H243" s="13"/>
+      <c r="I243" s="13"/>
+      <c r="J243" s="29"/>
+      <c r="K243" s="29"/>
+      <c r="L243" s="29"/>
+      <c r="M243" s="29"/>
+      <c r="N243" s="29"/>
+      <c r="O243" s="13"/>
+      <c r="P243" s="13"/>
+      <c r="Q243" s="13"/>
+      <c r="R243" s="13"/>
+    </row>
+    <row r="244" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A244" s="13"/>
+      <c r="B244" s="30"/>
+      <c r="C244" s="13"/>
+      <c r="D244" s="13"/>
+      <c r="E244" s="13"/>
+      <c r="F244" s="13"/>
+      <c r="G244" s="13"/>
+      <c r="H244" s="13"/>
+      <c r="I244" s="13"/>
+      <c r="J244" s="29"/>
+      <c r="K244" s="29"/>
+      <c r="L244" s="29"/>
+      <c r="M244" s="29"/>
+      <c r="N244" s="29"/>
+      <c r="O244" s="13"/>
+      <c r="P244" s="13"/>
+      <c r="Q244" s="13"/>
+      <c r="R244" s="13"/>
+    </row>
+    <row r="245" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A245" s="13"/>
+      <c r="B245" s="30"/>
+      <c r="C245" s="13"/>
+      <c r="D245" s="13"/>
+      <c r="E245" s="13"/>
+      <c r="F245" s="13"/>
+      <c r="G245" s="13"/>
+      <c r="H245" s="13"/>
+      <c r="I245" s="13"/>
+      <c r="J245" s="29"/>
+      <c r="K245" s="29"/>
+      <c r="L245" s="29"/>
+      <c r="M245" s="29"/>
+      <c r="N245" s="29"/>
+      <c r="O245" s="13"/>
+      <c r="P245" s="13"/>
+      <c r="Q245" s="13"/>
+      <c r="R245" s="13"/>
+    </row>
+    <row r="246" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A246" s="13"/>
+      <c r="B246" s="30"/>
+      <c r="C246" s="13"/>
+      <c r="D246" s="13"/>
+      <c r="E246" s="13"/>
+      <c r="F246" s="13"/>
+      <c r="G246" s="13"/>
+      <c r="H246" s="13"/>
+      <c r="I246" s="13"/>
+      <c r="J246" s="29"/>
+      <c r="K246" s="29"/>
+      <c r="L246" s="29"/>
+      <c r="M246" s="29"/>
+      <c r="N246" s="29"/>
+      <c r="O246" s="13"/>
+      <c r="P246" s="13"/>
+      <c r="Q246" s="13"/>
+      <c r="R246" s="13"/>
+    </row>
+    <row r="247" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A247" s="13"/>
+      <c r="B247" s="30"/>
+      <c r="C247" s="13"/>
+      <c r="D247" s="13"/>
+      <c r="E247" s="13"/>
+      <c r="F247" s="13"/>
+      <c r="G247" s="13"/>
+      <c r="H247" s="13"/>
+      <c r="I247" s="13"/>
+      <c r="J247" s="29"/>
+      <c r="K247" s="29"/>
+      <c r="L247" s="29"/>
+      <c r="M247" s="29"/>
+      <c r="N247" s="29"/>
+      <c r="O247" s="13"/>
+      <c r="P247" s="13"/>
+      <c r="Q247" s="13"/>
+      <c r="R247" s="13"/>
+    </row>
+    <row r="248" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A248" s="13"/>
+      <c r="B248" s="30"/>
+      <c r="C248" s="13"/>
+      <c r="D248" s="13"/>
+      <c r="E248" s="13"/>
+      <c r="F248" s="13"/>
+      <c r="G248" s="13"/>
+      <c r="H248" s="13"/>
+      <c r="I248" s="13"/>
+      <c r="J248" s="29"/>
+      <c r="K248" s="29"/>
+      <c r="L248" s="29"/>
+      <c r="M248" s="29"/>
+      <c r="N248" s="29"/>
+      <c r="O248" s="13"/>
+      <c r="P248" s="13"/>
+      <c r="Q248" s="13"/>
+      <c r="R248" s="13"/>
+    </row>
+    <row r="249" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A249" s="13"/>
+      <c r="B249" s="30"/>
+      <c r="C249" s="13"/>
+      <c r="D249" s="13"/>
+      <c r="E249" s="13"/>
+      <c r="F249" s="13"/>
+      <c r="G249" s="13"/>
+      <c r="H249" s="13"/>
+      <c r="I249" s="13"/>
+      <c r="J249" s="29"/>
+      <c r="K249" s="29"/>
+      <c r="L249" s="29"/>
+      <c r="M249" s="29"/>
+      <c r="N249" s="29"/>
+      <c r="O249" s="13"/>
+      <c r="P249" s="13"/>
+      <c r="Q249" s="13"/>
+      <c r="R249" s="13"/>
+    </row>
+    <row r="250" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A250" s="13"/>
+      <c r="B250" s="30"/>
+      <c r="C250" s="13"/>
+      <c r="D250" s="13"/>
+      <c r="E250" s="13"/>
+      <c r="F250" s="13"/>
+      <c r="G250" s="13"/>
+      <c r="H250" s="13"/>
+      <c r="I250" s="13"/>
+      <c r="J250" s="29"/>
+      <c r="K250" s="29"/>
+      <c r="L250" s="29"/>
+      <c r="M250" s="29"/>
+      <c r="N250" s="29"/>
+      <c r="O250" s="13"/>
+      <c r="P250" s="13"/>
+      <c r="Q250" s="13"/>
+      <c r="R250" s="13"/>
+    </row>
+    <row r="251" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A251" s="13"/>
+      <c r="B251" s="30"/>
+      <c r="C251" s="13"/>
+      <c r="D251" s="13"/>
+      <c r="E251" s="13"/>
+      <c r="F251" s="13"/>
+      <c r="G251" s="13"/>
+      <c r="H251" s="13"/>
+      <c r="I251" s="13"/>
+      <c r="J251" s="29"/>
+      <c r="K251" s="29"/>
+      <c r="L251" s="29"/>
+      <c r="M251" s="29"/>
+      <c r="N251" s="29"/>
+      <c r="O251" s="13"/>
+      <c r="P251" s="13"/>
+      <c r="Q251" s="13"/>
+      <c r="R251" s="13"/>
+    </row>
+    <row r="252" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A252" s="13"/>
+      <c r="B252" s="30"/>
+      <c r="C252" s="13"/>
+      <c r="D252" s="13"/>
+      <c r="E252" s="13"/>
+      <c r="F252" s="13"/>
+      <c r="G252" s="13"/>
+      <c r="H252" s="13"/>
+      <c r="I252" s="13"/>
+      <c r="J252" s="29"/>
+      <c r="K252" s="29"/>
+      <c r="L252" s="29"/>
+      <c r="M252" s="29"/>
+      <c r="N252" s="29"/>
+      <c r="O252" s="13"/>
+      <c r="P252" s="13"/>
+      <c r="Q252" s="13"/>
+      <c r="R252" s="13"/>
+    </row>
+    <row r="253" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A253" s="13"/>
+      <c r="B253" s="30"/>
+      <c r="C253" s="13"/>
+      <c r="D253" s="13"/>
+      <c r="E253" s="13"/>
+      <c r="F253" s="13"/>
+      <c r="G253" s="13"/>
+      <c r="H253" s="13"/>
+      <c r="I253" s="13"/>
+      <c r="J253" s="29"/>
+      <c r="K253" s="29"/>
+      <c r="L253" s="29"/>
+      <c r="M253" s="29"/>
+      <c r="N253" s="29"/>
+      <c r="O253" s="13"/>
+      <c r="P253" s="13"/>
+      <c r="Q253" s="13"/>
+      <c r="R253" s="13"/>
+    </row>
+    <row r="254" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A254" s="13"/>
+      <c r="B254" s="30"/>
+      <c r="C254" s="13"/>
+      <c r="D254" s="13"/>
+      <c r="E254" s="13"/>
+      <c r="F254" s="13"/>
+      <c r="G254" s="13"/>
+      <c r="H254" s="13"/>
+      <c r="I254" s="13"/>
+      <c r="J254" s="29"/>
+      <c r="K254" s="29"/>
+      <c r="L254" s="29"/>
+      <c r="M254" s="29"/>
+      <c r="N254" s="29"/>
+      <c r="O254" s="13"/>
+      <c r="P254" s="13"/>
+      <c r="Q254" s="13"/>
+      <c r="R254" s="13"/>
+    </row>
+    <row r="255" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A255" s="13"/>
+      <c r="B255" s="30"/>
+      <c r="C255" s="13"/>
+      <c r="D255" s="13"/>
+      <c r="E255" s="13"/>
+      <c r="F255" s="13"/>
+      <c r="G255" s="13"/>
+      <c r="H255" s="13"/>
+      <c r="I255" s="13"/>
+      <c r="J255" s="29"/>
+      <c r="K255" s="29"/>
+      <c r="L255" s="29"/>
+      <c r="M255" s="29"/>
+      <c r="N255" s="29"/>
+      <c r="O255" s="13"/>
+      <c r="P255" s="13"/>
+      <c r="Q255" s="13"/>
+      <c r="R255" s="13"/>
+    </row>
+    <row r="256" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A256" s="13"/>
+      <c r="B256" s="30"/>
+      <c r="C256" s="13"/>
+      <c r="D256" s="13"/>
+      <c r="E256" s="13"/>
+      <c r="F256" s="13"/>
+      <c r="G256" s="13"/>
+      <c r="H256" s="13"/>
+      <c r="I256" s="13"/>
+      <c r="J256" s="29"/>
+      <c r="K256" s="29"/>
+      <c r="L256" s="29"/>
+      <c r="M256" s="29"/>
+      <c r="N256" s="29"/>
+      <c r="O256" s="13"/>
+      <c r="P256" s="13"/>
+      <c r="Q256" s="13"/>
+      <c r="R256" s="13"/>
+    </row>
+    <row r="257" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A257" s="13"/>
+      <c r="B257" s="30"/>
+      <c r="C257" s="13"/>
+      <c r="D257" s="13"/>
+      <c r="E257" s="13"/>
+      <c r="F257" s="13"/>
+      <c r="G257" s="13"/>
+      <c r="H257" s="13"/>
+      <c r="I257" s="13"/>
+      <c r="J257" s="29"/>
+      <c r="K257" s="29"/>
+      <c r="L257" s="29"/>
+      <c r="M257" s="29"/>
+      <c r="N257" s="29"/>
+      <c r="O257" s="13"/>
+      <c r="P257" s="13"/>
+      <c r="Q257" s="13"/>
+      <c r="R257" s="13"/>
+    </row>
+    <row r="258" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A258" s="13"/>
+      <c r="B258" s="30"/>
+      <c r="C258" s="13"/>
+      <c r="D258" s="13"/>
+      <c r="E258" s="13"/>
+      <c r="F258" s="13"/>
+      <c r="G258" s="13"/>
+      <c r="H258" s="13"/>
+      <c r="I258" s="13"/>
+      <c r="J258" s="29"/>
+      <c r="K258" s="29"/>
+      <c r="L258" s="29"/>
+      <c r="M258" s="29"/>
+      <c r="N258" s="29"/>
+      <c r="O258" s="13"/>
+      <c r="P258" s="13"/>
+      <c r="Q258" s="13"/>
+      <c r="R258" s="13"/>
+    </row>
+    <row r="259" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A259" s="13"/>
+      <c r="B259" s="30"/>
+      <c r="C259" s="13"/>
+      <c r="D259" s="13"/>
+      <c r="E259" s="13"/>
+      <c r="F259" s="13"/>
+      <c r="G259" s="13"/>
+      <c r="H259" s="13"/>
+      <c r="I259" s="13"/>
+      <c r="J259" s="29"/>
+      <c r="K259" s="29"/>
+      <c r="L259" s="29"/>
+      <c r="M259" s="29"/>
+      <c r="N259" s="29"/>
+      <c r="O259" s="13"/>
+      <c r="P259" s="13"/>
+      <c r="Q259" s="13"/>
+      <c r="R259" s="13"/>
+    </row>
+    <row r="260" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A260" s="13"/>
+      <c r="B260" s="30"/>
+      <c r="C260" s="13"/>
+      <c r="D260" s="13"/>
+      <c r="E260" s="13"/>
+      <c r="F260" s="13"/>
+      <c r="G260" s="13"/>
+      <c r="H260" s="13"/>
+      <c r="I260" s="13"/>
+      <c r="J260" s="29"/>
+      <c r="K260" s="29"/>
+      <c r="L260" s="29"/>
+      <c r="M260" s="29"/>
+      <c r="N260" s="29"/>
+      <c r="O260" s="13"/>
+      <c r="P260" s="13"/>
+      <c r="Q260" s="13"/>
+      <c r="R260" s="13"/>
+    </row>
+    <row r="261" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A261" s="13"/>
+      <c r="B261" s="30"/>
+      <c r="C261" s="13"/>
+      <c r="D261" s="13"/>
+      <c r="E261" s="13"/>
+      <c r="F261" s="13"/>
+      <c r="G261" s="13"/>
+      <c r="H261" s="13"/>
+      <c r="I261" s="13"/>
+      <c r="J261" s="29"/>
+      <c r="K261" s="29"/>
+      <c r="L261" s="29"/>
+      <c r="M261" s="29"/>
+      <c r="N261" s="29"/>
+      <c r="O261" s="13"/>
+      <c r="P261" s="13"/>
+      <c r="Q261" s="13"/>
+      <c r="R261" s="13"/>
+    </row>
+    <row r="262" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A262" s="13"/>
+      <c r="B262" s="30"/>
+      <c r="C262" s="13"/>
+      <c r="D262" s="13"/>
+      <c r="E262" s="13"/>
+      <c r="F262" s="13"/>
+      <c r="G262" s="13"/>
+      <c r="H262" s="13"/>
+      <c r="I262" s="13"/>
+      <c r="J262" s="29"/>
+      <c r="K262" s="29"/>
+      <c r="L262" s="29"/>
+      <c r="M262" s="29"/>
+      <c r="N262" s="29"/>
+      <c r="O262" s="13"/>
+      <c r="P262" s="13"/>
+      <c r="Q262" s="13"/>
+      <c r="R262" s="13"/>
+    </row>
+    <row r="263" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A263" s="13"/>
+      <c r="B263" s="30"/>
+      <c r="C263" s="13"/>
+      <c r="D263" s="13"/>
+      <c r="E263" s="13"/>
+      <c r="F263" s="13"/>
+      <c r="G263" s="13"/>
+      <c r="H263" s="13"/>
+      <c r="I263" s="13"/>
+      <c r="J263" s="29"/>
+      <c r="K263" s="29"/>
+      <c r="L263" s="29"/>
+      <c r="M263" s="29"/>
+      <c r="N263" s="29"/>
+      <c r="O263" s="13"/>
+      <c r="P263" s="13"/>
+      <c r="Q263" s="13"/>
+      <c r="R263" s="13"/>
     </row>
   </sheetData>
-  <sheetProtection password="CF0F" sheet="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="EAlffwKylBn1Rg78n7F+bdyrNuab6iqraFLhRHn8S5G8edMjZHdC9QBs/U8Z7Z0lAYlC6CxMcgNJ006nwTi3WQ==" saltValue="4LSYv0Wh5qdBNQ5VufjcNw==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <protectedRanges>
-    <protectedRange algorithmName="SHA-512" hashValue="ma3GCOmt9UvG84GrWksrxog1M390OgwxbsoW9NCfJWaV7BwsM7wbaUs9gu04XgM273AgekQY67k0SsuWBPMHVw==" saltValue="lH2oHs2ZqqZfu87jpRexAQ==" spinCount="100000" sqref="C5:N8 C10:N10 C12:N13 C15:N15 H35:I40 C17:N19 C21:N31" name="Range1"/>
+    <protectedRange algorithmName="SHA-512" hashValue="ma3GCOmt9UvG84GrWksrxog1M390OgwxbsoW9NCfJWaV7BwsM7wbaUs9gu04XgM273AgekQY67k0SsuWBPMHVw==" saltValue="lH2oHs2ZqqZfu87jpRexAQ==" spinCount="100000" sqref="C14:N17 C27:N27 C5:N8 C11:N11 C20:N21 C24:N24 H32:I37" name="Range1"/>
   </protectedRanges>
-  <mergeCells count="18">
+  <mergeCells count="34">
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="B3:B4"/>
     <mergeCell ref="I3:K3"/>
     <mergeCell ref="L3:N3"/>
     <mergeCell ref="C3:E3"/>
     <mergeCell ref="F3:H3"/>
-    <mergeCell ref="L39:M39"/>
-[...2 lines deleted...]
-    <mergeCell ref="L38:M38"/>
     <mergeCell ref="H1:N1"/>
-    <mergeCell ref="L34:M34"/>
+    <mergeCell ref="L31:M31"/>
+    <mergeCell ref="L32:M32"/>
+    <mergeCell ref="L33:M33"/>
     <mergeCell ref="L35:M35"/>
-    <mergeCell ref="L36:M36"/>
-    <mergeCell ref="L37:M37"/>
     <mergeCell ref="C2:H2"/>
     <mergeCell ref="I2:N2"/>
     <mergeCell ref="E1:F1"/>
+    <mergeCell ref="A10:N10"/>
+    <mergeCell ref="A13:N13"/>
+    <mergeCell ref="A19:N19"/>
+    <mergeCell ref="A23:N23"/>
+    <mergeCell ref="A26:N26"/>
+    <mergeCell ref="A29:N29"/>
+    <mergeCell ref="A9:B9"/>
+    <mergeCell ref="A12:B12"/>
+    <mergeCell ref="A5:A8"/>
+    <mergeCell ref="A20:A21"/>
+    <mergeCell ref="A14:A17"/>
+    <mergeCell ref="L34:M34"/>
+    <mergeCell ref="L38:M38"/>
+    <mergeCell ref="L36:M36"/>
+    <mergeCell ref="L37:M37"/>
+    <mergeCell ref="A18:B18"/>
+    <mergeCell ref="A22:B22"/>
+    <mergeCell ref="A25:B25"/>
+    <mergeCell ref="A28:B28"/>
+    <mergeCell ref="A30:R30"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="5" scale="95" orientation="landscape" r:id="rId1"/>
   <headerFooter>
-    <oddHeader>&amp;RRevised 11/11/2020</oddHeader>
+    <oddFooter>&amp;RRevised 11/07/2025</oddFooter>
   </headerFooter>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFFC000"/>
   </sheetPr>
-  <dimension ref="A1:J21"/>
+  <dimension ref="A1:L11"/>
   <sheetViews>
-    <sheetView zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
-      <selection activeCell="F1" sqref="F1"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="H1" sqref="H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="10.28515625" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="10" max="10" width="9.28515625" customWidth="1"/>
+    <col min="1" max="1" width="12.85546875" style="35" customWidth="1"/>
+    <col min="2" max="2" width="11.42578125" style="35" customWidth="1"/>
+    <col min="3" max="3" width="14.7109375" style="35" customWidth="1"/>
+    <col min="4" max="5" width="11.85546875" style="35" customWidth="1"/>
+    <col min="6" max="6" width="12.28515625" style="35" customWidth="1"/>
+    <col min="7" max="7" width="12.7109375" style="35" customWidth="1"/>
+    <col min="8" max="8" width="12.28515625" style="35" customWidth="1"/>
+    <col min="9" max="9" width="13.28515625" style="35" customWidth="1"/>
+    <col min="10" max="16384" width="9.140625" style="35"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1" s="90" t="s">
+    <row r="1" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="91" t="s">
+        <v>36</v>
+      </c>
+      <c r="B1" s="91"/>
+      <c r="C1" s="91"/>
+      <c r="D1" s="91"/>
+      <c r="E1" s="91"/>
+      <c r="F1" s="91"/>
+      <c r="G1" s="91"/>
+      <c r="H1" s="45"/>
+      <c r="I1" s="41"/>
+    </row>
+    <row r="2" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A2" s="40"/>
+      <c r="B2" s="40"/>
+      <c r="C2" s="40"/>
+      <c r="D2" s="40"/>
+      <c r="E2" s="40"/>
+      <c r="F2" s="40"/>
+      <c r="G2" s="41"/>
+      <c r="H2" s="41"/>
+      <c r="I2" s="41"/>
+    </row>
+    <row r="3" spans="1:12" s="36" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="92" t="s">
+        <v>22</v>
+      </c>
+      <c r="B3" s="94" t="s">
+        <v>23</v>
+      </c>
+      <c r="C3" s="96" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" s="100" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" s="104" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" s="102" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" s="108" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3" s="106" t="s">
+        <v>30</v>
+      </c>
+      <c r="I3" s="98" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A4" s="93"/>
+      <c r="B4" s="95"/>
+      <c r="C4" s="97"/>
+      <c r="D4" s="101"/>
+      <c r="E4" s="105"/>
+      <c r="F4" s="103"/>
+      <c r="G4" s="109"/>
+      <c r="H4" s="107"/>
+      <c r="I4" s="99"/>
+      <c r="K4" s="34"/>
+      <c r="L4" s="34"/>
+    </row>
+    <row r="5" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A5" s="12" t="s">
+        <v>38</v>
+      </c>
+      <c r="B5" s="37"/>
+      <c r="C5" s="42"/>
+      <c r="D5" s="39">
+        <f t="shared" ref="D5:D10" si="0">C5/2</f>
+        <v>0</v>
+      </c>
+      <c r="E5" s="43"/>
+      <c r="F5" s="38"/>
+      <c r="G5" s="42"/>
+      <c r="H5" s="44">
+        <f>G5/2</f>
+        <v>0</v>
+      </c>
+      <c r="I5" s="17">
+        <f>B5-D5-E5-F5-H5</f>
+        <v>0</v>
+      </c>
+      <c r="K5" s="34"/>
+    </row>
+    <row r="6" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A6" s="12" t="s">
+        <v>40</v>
+      </c>
+      <c r="B6" s="37"/>
+      <c r="C6" s="42"/>
+      <c r="D6" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E6" s="43"/>
+      <c r="F6" s="38"/>
+      <c r="G6" s="42"/>
+      <c r="H6" s="44">
+        <f t="shared" ref="H6:H10" si="1">G6/2</f>
+        <v>0</v>
+      </c>
+      <c r="I6" s="17">
+        <f t="shared" ref="I6:I10" si="2">B6-D6-E6-F6-H6</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A7" s="12" t="s">
+        <v>46</v>
+      </c>
+      <c r="B7" s="37"/>
+      <c r="C7" s="42"/>
+      <c r="D7" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E7" s="43"/>
+      <c r="F7" s="38"/>
+      <c r="G7" s="42"/>
+      <c r="H7" s="44">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="I7" s="17">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A8" s="12" t="s">
         <v>42</v>
       </c>
-      <c r="B1" s="90"/>
-[...43 lines deleted...]
-      <c r="D4" s="66" t="s">
+      <c r="B8" s="37"/>
+      <c r="C8" s="42"/>
+      <c r="D8" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E8" s="43"/>
+      <c r="F8" s="38"/>
+      <c r="G8" s="42"/>
+      <c r="H8" s="44">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="I8" s="17">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A9" s="12" t="s">
+        <v>44</v>
+      </c>
+      <c r="B9" s="37"/>
+      <c r="C9" s="42"/>
+      <c r="D9" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E9" s="43"/>
+      <c r="F9" s="38"/>
+      <c r="G9" s="42"/>
+      <c r="H9" s="44">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="I9" s="17">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A10" s="12" t="s">
         <v>48</v>
       </c>
-      <c r="E4" s="66" t="s">
-[...47 lines deleted...]
-      <c r="D6" s="60">
+      <c r="B10" s="37"/>
+      <c r="C10" s="42"/>
+      <c r="D10" s="39">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="E6" s="59"/>
-[...3 lines deleted...]
-      <c r="I6" s="63">
+      <c r="E10" s="43"/>
+      <c r="F10" s="38"/>
+      <c r="G10" s="42"/>
+      <c r="H10" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="J6" s="25">
+      <c r="I10" s="17">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:10" x14ac:dyDescent="0.2">
-[...99 lines deleted...]
-      <c r="C11" s="26">
+    <row r="11" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A11" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="B11" s="18">
+        <f t="shared" ref="B11:F11" si="3">SUM(B5:B10)</f>
+        <v>0</v>
+      </c>
+      <c r="C11" s="18">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="D11" s="26">
+      <c r="D11" s="18">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="E11" s="26">
+      <c r="E11" s="18">
+        <f>SUM(E5:E10)</f>
+        <v>0</v>
+      </c>
+      <c r="F11" s="18">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="F11" s="26">
-[...4 lines deleted...]
-        <f t="shared" si="3"/>
+      <c r="G11" s="8">
+        <f t="shared" ref="G11" si="4">SUM(G5:G10)</f>
         <v>0</v>
       </c>
       <c r="H11" s="8">
-        <f t="shared" si="3"/>
+        <f>SUM(H5:H10)</f>
         <v>0</v>
       </c>
       <c r="I11" s="8">
-        <f t="shared" si="3"/>
-[...8 lines deleted...]
-      <c r="C21" s="27"/>
+        <f>SUM(I5:I10)</f>
+        <v>0</v>
+      </c>
     </row>
   </sheetData>
-  <sheetProtection password="CF0F" sheet="1" selectLockedCells="1"/>
-[...1 lines deleted...]
-    <mergeCell ref="A1:E1"/>
+  <sheetProtection sheet="1" selectLockedCells="1"/>
+  <mergeCells count="10">
+    <mergeCell ref="A1:G1"/>
+    <mergeCell ref="A3:A4"/>
+    <mergeCell ref="B3:B4"/>
+    <mergeCell ref="C3:C4"/>
+    <mergeCell ref="I3:I4"/>
+    <mergeCell ref="D3:D4"/>
+    <mergeCell ref="F3:F4"/>
+    <mergeCell ref="E3:E4"/>
+    <mergeCell ref="H3:H4"/>
+    <mergeCell ref="G3:G4"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;RRevised 11/11/2020</oddFooter>
+    <oddFooter>&amp;RRevised 11/07/2025</oddFooter>
   </headerFooter>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
-      <vt:lpstr>PTOL-Winter Salaries</vt:lpstr>
+      <vt:lpstr>Fall &amp; Winter Salaries</vt:lpstr>
       <vt:lpstr>Summer Salaries</vt:lpstr>
-      <vt:lpstr>'PTOL-Winter Salaries'!Print_Area</vt:lpstr>
+      <vt:lpstr>'Fall &amp; Winter Salaries'!Print_Area</vt:lpstr>
       <vt:lpstr>'Summer Salaries'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Madelaine Lanham</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>